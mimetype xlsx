--- v0 (2026-02-06)
+++ v1 (2026-03-23)
@@ -22,51 +22,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="KELENGKAPAN" sheetId="1" r:id="rId4"/>
     <sheet name="POLIO" sheetId="2" r:id="rId5"/>
     <sheet name="MERS" sheetId="3" r:id="rId6"/>
     <sheet name="AVIAN INFLUENZA" sheetId="4" r:id="rId7"/>
     <sheet name="MENINGITIS MENINGOKOKUS" sheetId="5" r:id="rId8"/>
     <sheet name="COVID-19" sheetId="6" r:id="rId9"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>KELENGKAPAN LAPORAN PEMETAAN RISIKO TH 2026</t>
   </si>
   <si>
     <t>Resume Capaian Provinsi Jawa Barat</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kota/Kab</t>
   </si>
   <si>
     <t>POLIO</t>
   </si>
   <si>
     <t>MERS</t>
   </si>
   <si>
     <t>AVIAN INFLUENZA</t>
   </si>
   <si>
     <t>MENINGITIS MENINGOKOKUS</t>
   </si>
   <si>
@@ -75,108 +75,123 @@
   <si>
     <t>Keterangan</t>
   </si>
   <si>
     <t>KLASIFIKASI RISIKO</t>
   </si>
   <si>
     <t>TANGGAL LAPOR</t>
   </si>
   <si>
     <t>TANGGAL UPLOAD</t>
   </si>
   <si>
     <t>Bandung</t>
   </si>
   <si>
     <t>BELUM</t>
   </si>
   <si>
     <t>BELUM LAPOR/BELUM LENGKAP</t>
   </si>
   <si>
     <t>Bandung Barat</t>
   </si>
   <si>
+    <t>DRAFT</t>
+  </si>
+  <si>
+    <t>RENDAH</t>
+  </si>
+  <si>
+    <t>10 Mar 2026</t>
+  </si>
+  <si>
     <t>Bekasi</t>
   </si>
   <si>
     <t>Bogor</t>
   </si>
   <si>
     <t>Ciamis</t>
   </si>
   <si>
     <t>Cianjur</t>
   </si>
   <si>
     <t>Cirebon</t>
   </si>
   <si>
     <t>Garut</t>
   </si>
   <si>
     <t>Indramayu</t>
   </si>
   <si>
     <t>Karawang</t>
   </si>
   <si>
     <t>Kota Bandung</t>
   </si>
   <si>
     <t>Kota Banjar</t>
   </si>
   <si>
     <t>Kota Bekasi</t>
   </si>
   <si>
     <t>Kota Bogor</t>
   </si>
   <si>
+    <t>11 Mar 2026</t>
+  </si>
+  <si>
     <t>Kota Cimahi</t>
   </si>
   <si>
     <t>Kota Cirebon</t>
   </si>
   <si>
     <t>Kota Depok</t>
   </si>
   <si>
     <t>Kota Sukabumi</t>
   </si>
   <si>
     <t>Kota Tasikmalaya</t>
   </si>
   <si>
     <t>Kuningan</t>
   </si>
   <si>
     <t>Majalengka</t>
   </si>
   <si>
     <t>Pangandaran</t>
+  </si>
+  <si>
+    <t>PENINJAUAN KE 0</t>
   </si>
   <si>
     <t>Purwakarta</t>
   </si>
   <si>
     <t>Subang</t>
   </si>
   <si>
     <t>Sukabumi</t>
   </si>
   <si>
     <t>Sumedang</t>
   </si>
   <si>
     <t>Tasikmalaya</t>
   </si>
   <si>
     <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI POLIO 2026</t>
   </si>
   <si>
     <t>Kab / Kota</t>
   </si>
   <si>
     <t>INDEKS ANCAMAN
 (MAX 0)</t>
@@ -185,144 +200,180 @@
     <t>INDEKS KERENTANAN
 (MAX 0)</t>
   </si>
   <si>
     <t>INDEKS KAPASITAS
 (MIN 0)</t>
   </si>
   <si>
     <t>INDEKS RISIKO
 (MAX 0)</t>
   </si>
   <si>
     <t>KLASIFIKASI RISIKO
 (Rata-Rata )</t>
   </si>
   <si>
     <t>DOKUMEN REKOMENDASI</t>
   </si>
   <si>
     <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI MERS 2026</t>
   </si>
   <si>
     <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI AVIAN INFLUENZA 2026</t>
   </si>
   <si>
+    <t>INDEKS RISIKO
+(MAX 44)</t>
+  </si>
+  <si>
+    <t>KLASIFIKASI RISIKO
+(Rata-Rata RENDAH)</t>
+  </si>
+  <si>
     <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI MENINGITIS MENINGOKOKUS 2026</t>
+  </si>
+  <si>
+    <t>INDEKS RISIKO
+(MAX 39)</t>
   </si>
   <si>
     <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI COVID-19 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
-  <fonts count="3">
+  <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="24"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="18"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
+    <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
+      <sz val="11"/>
+      <color rgb="FFffffff"/>
+      <name val="Calibri"/>
+    </font>
   </fonts>
-  <fills count="2">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF2FB344"/>
+        <bgColor rgb="FF2FB344"/>
+      </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="9">
+  <cellXfs count="12">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -616,126 +667,126 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B32" sqref="B32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4.5703" customWidth="true" style="0"/>
-    <col min="2" max="2" width="19.995" bestFit="true" customWidth="true" style="7"/>
+    <col min="2" max="2" width="19.995" bestFit="true" customWidth="true" style="8"/>
     <col min="3" max="3" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="6" t="s">
+      <c r="B4" s="7" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3" t="s">
         <v>6</v>
       </c>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
       <c r="L4" s="3" t="s">
         <v>7</v>
       </c>
       <c r="M4" s="3"/>
       <c r="N4" s="3"/>
       <c r="O4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="P4" s="3"/>
       <c r="Q4" s="3"/>
       <c r="R4" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="3"/>
-      <c r="B5" s="6"/>
+      <c r="B5" s="7"/>
       <c r="C5" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>11</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>10</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>10</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K5" s="3" t="s">
@@ -743,51 +794,51 @@
       </c>
       <c r="L5" s="3" t="s">
         <v>10</v>
       </c>
       <c r="M5" s="3" t="s">
         <v>11</v>
       </c>
       <c r="N5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>10</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>11</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="R5" s="3"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="3">
         <v>1</v>
       </c>
-      <c r="B6" s="6" t="s">
+      <c r="B6" s="7" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J6" s="4" t="s">
         <v>14</v>
@@ -799,276 +850,276 @@
         <v>14</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R6" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="3">
         <v>2</v>
       </c>
-      <c r="B7" s="6" t="s">
+      <c r="B7" s="7" t="s">
         <v>16</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H7" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="I7" s="4" t="s">
-        <v>14</v>
+      <c r="I7" s="6" t="s">
+        <v>18</v>
       </c>
       <c r="J7" s="4" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="L7" s="4" t="s">
-        <v>14</v>
+      <c r="L7" s="6" t="s">
+        <v>18</v>
       </c>
       <c r="M7" s="4" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R7" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="3">
         <v>3</v>
       </c>
-      <c r="B8" s="6" t="s">
+      <c r="B8" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F8" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G8" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="H8" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="I8" s="4" t="s">
         <v>17</v>
-      </c>
-[...19 lines deleted...]
-        <v>14</v>
       </c>
       <c r="J8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R8" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="3">
         <v>4</v>
       </c>
-      <c r="B9" s="6" t="s">
-        <v>18</v>
+      <c r="B9" s="7" t="s">
+        <v>21</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="L9" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="P9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R9" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="3">
         <v>5</v>
       </c>
-      <c r="B10" s="6" t="s">
-        <v>19</v>
+      <c r="B10" s="7" t="s">
+        <v>22</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I10" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R10" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="3">
         <v>6</v>
       </c>
-      <c r="B11" s="6" t="s">
-        <v>20</v>
+      <c r="B11" s="7" t="s">
+        <v>23</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J11" s="4" t="s">
         <v>14</v>
       </c>
@@ -1079,52 +1130,52 @@
         <v>14</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R11" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="3">
         <v>7</v>
       </c>
-      <c r="B12" s="6" t="s">
-        <v>21</v>
+      <c r="B12" s="7" t="s">
+        <v>24</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J12" s="4" t="s">
         <v>14</v>
       </c>
@@ -1135,52 +1186,52 @@
         <v>14</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R12" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="3">
         <v>8</v>
       </c>
-      <c r="B13" s="6" t="s">
-        <v>22</v>
+      <c r="B13" s="7" t="s">
+        <v>25</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J13" s="4" t="s">
         <v>14</v>
       </c>
@@ -1191,164 +1242,164 @@
         <v>14</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R13" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="3">
         <v>9</v>
       </c>
-      <c r="B14" s="6" t="s">
-        <v>23</v>
+      <c r="B14" s="7" t="s">
+        <v>26</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I14" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="L14" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O14" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="P14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R14" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="3">
         <v>10</v>
       </c>
-      <c r="B15" s="6" t="s">
-        <v>24</v>
+      <c r="B15" s="7" t="s">
+        <v>27</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I15" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="L15" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O15" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="P15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R15" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="3">
         <v>11</v>
       </c>
-      <c r="B16" s="6" t="s">
-        <v>25</v>
+      <c r="B16" s="7" t="s">
+        <v>28</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J16" s="4" t="s">
         <v>14</v>
       </c>
@@ -1359,55 +1410,55 @@
         <v>14</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R16" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="3">
         <v>12</v>
       </c>
-      <c r="B17" s="6" t="s">
-        <v>26</v>
+      <c r="B17" s="7" t="s">
+        <v>29</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>14</v>
       </c>
@@ -1415,164 +1466,164 @@
         <v>14</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R17" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="3">
         <v>13</v>
       </c>
-      <c r="B18" s="6" t="s">
-        <v>27</v>
+      <c r="B18" s="7" t="s">
+        <v>30</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O18" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="P18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R18" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="3">
         <v>14</v>
       </c>
-      <c r="B19" s="6" t="s">
-        <v>28</v>
+      <c r="B19" s="7" t="s">
+        <v>31</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H19" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="I19" s="4" t="s">
-        <v>14</v>
+      <c r="I19" s="6" t="s">
+        <v>18</v>
       </c>
       <c r="J19" s="4" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="L19" s="4" t="s">
-        <v>14</v>
+      <c r="L19" s="6" t="s">
+        <v>18</v>
       </c>
       <c r="M19" s="4" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R19" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="3">
         <v>15</v>
       </c>
-      <c r="B20" s="6" t="s">
-        <v>29</v>
+      <c r="B20" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J20" s="4" t="s">
         <v>14</v>
       </c>
@@ -1583,52 +1634,52 @@
         <v>14</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R20" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="3">
         <v>16</v>
       </c>
-      <c r="B21" s="6" t="s">
-        <v>30</v>
+      <c r="B21" s="7" t="s">
+        <v>34</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J21" s="4" t="s">
         <v>14</v>
       </c>
@@ -1639,52 +1690,52 @@
         <v>14</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R21" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="3">
         <v>17</v>
       </c>
-      <c r="B22" s="6" t="s">
-        <v>31</v>
+      <c r="B22" s="7" t="s">
+        <v>35</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J22" s="4" t="s">
         <v>14</v>
       </c>
@@ -1695,108 +1746,108 @@
         <v>14</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R22" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="3">
         <v>18</v>
       </c>
-      <c r="B23" s="6" t="s">
-        <v>32</v>
+      <c r="B23" s="7" t="s">
+        <v>36</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R23" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="3">
         <v>19</v>
       </c>
-      <c r="B24" s="6" t="s">
-        <v>33</v>
+      <c r="B24" s="7" t="s">
+        <v>37</v>
       </c>
       <c r="C24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J24" s="4" t="s">
         <v>14</v>
       </c>
@@ -1807,52 +1858,52 @@
         <v>14</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R24" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="3">
         <v>20</v>
       </c>
-      <c r="B25" s="6" t="s">
-        <v>34</v>
+      <c r="B25" s="7" t="s">
+        <v>38</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J25" s="4" t="s">
         <v>14</v>
       </c>
@@ -1863,52 +1914,52 @@
         <v>14</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R25" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="3">
         <v>21</v>
       </c>
-      <c r="B26" s="6" t="s">
-        <v>35</v>
+      <c r="B26" s="7" t="s">
+        <v>39</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J26" s="4" t="s">
         <v>14</v>
       </c>
@@ -1919,164 +1970,164 @@
         <v>14</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R26" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="3">
         <v>22</v>
       </c>
-      <c r="B27" s="6" t="s">
-        <v>36</v>
+      <c r="B27" s="7" t="s">
+        <v>40</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="4" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="G27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="L27" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O27" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="P27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R27" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="3">
         <v>23</v>
       </c>
-      <c r="B28" s="6" t="s">
-        <v>37</v>
+      <c r="B28" s="7" t="s">
+        <v>42</v>
       </c>
       <c r="C28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I28" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R28" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="3">
         <v>24</v>
       </c>
-      <c r="B29" s="6" t="s">
-        <v>38</v>
+      <c r="B29" s="7" t="s">
+        <v>43</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J29" s="4" t="s">
         <v>14</v>
       </c>
@@ -2087,164 +2138,164 @@
         <v>14</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R29" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="3">
         <v>25</v>
       </c>
-      <c r="B30" s="6" t="s">
-        <v>39</v>
+      <c r="B30" s="7" t="s">
+        <v>44</v>
       </c>
       <c r="C30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I30" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="L30" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O30" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="P30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R30" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="3">
         <v>26</v>
       </c>
-      <c r="B31" s="6" t="s">
-        <v>40</v>
+      <c r="B31" s="7" t="s">
+        <v>45</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I31" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R31" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="3">
         <v>27</v>
       </c>
-      <c r="B32" s="6" t="s">
-        <v>41</v>
+      <c r="B32" s="7" t="s">
+        <v>46</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J32" s="4" t="s">
         <v>14</v>
       </c>
@@ -2320,293 +2371,308 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>43</v>
-[...13 lines deleted...]
-      <c r="G3" s="8" t="s">
         <v>48</v>
       </c>
+      <c r="C3" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="D3" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="E3" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="F3" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="G3" s="9" t="s">
+        <v>53</v>
+      </c>
       <c r="H3" s="3" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="4">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>16</v>
       </c>
+      <c r="C4" s="4">
+        <v>0</v>
+      </c>
+      <c r="D4" s="10"/>
+      <c r="E4" s="4"/>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="4">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="4">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4">
         <v>12</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>28</v>
-      </c>
+        <v>31</v>
+      </c>
+      <c r="C15" s="4">
+        <v>0</v>
+      </c>
+      <c r="D15" s="10"/>
+      <c r="E15" s="4"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4">
         <v>14</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4">
         <v>15</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4">
         <v>16</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4">
         <v>17</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4">
         <v>18</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4">
         <v>19</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>36</v>
-      </c>
+        <v>40</v>
+      </c>
+      <c r="C22" s="4">
+        <v>0</v>
+      </c>
+      <c r="D22" s="10"/>
+      <c r="E22" s="4"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4">
         <v>20</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4">
         <v>21</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4">
         <v>22</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4">
         <v>23</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4">
         <v>24</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4">
         <v>25</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4">
         <v>26</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4">
         <v>27</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z30"/>
   <sheetViews>
@@ -2624,293 +2690,308 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>43</v>
-[...13 lines deleted...]
-      <c r="G3" s="8" t="s">
         <v>48</v>
       </c>
+      <c r="C3" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="D3" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="E3" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="F3" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="G3" s="9" t="s">
+        <v>53</v>
+      </c>
       <c r="H3" s="3" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="4">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>16</v>
       </c>
+      <c r="C4" s="4">
+        <v>0</v>
+      </c>
+      <c r="D4" s="10"/>
+      <c r="E4" s="4"/>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="4">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="4">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4">
         <v>12</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>28</v>
-      </c>
+        <v>31</v>
+      </c>
+      <c r="C15" s="4">
+        <v>0</v>
+      </c>
+      <c r="D15" s="10"/>
+      <c r="E15" s="4"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4">
         <v>14</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4">
         <v>15</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4">
         <v>16</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4">
         <v>17</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4">
         <v>18</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4">
         <v>19</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>36</v>
-      </c>
+        <v>40</v>
+      </c>
+      <c r="C22" s="4">
+        <v>0</v>
+      </c>
+      <c r="D22" s="10"/>
+      <c r="E22" s="4"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4">
         <v>20</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4">
         <v>21</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4">
         <v>22</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4">
         <v>23</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4">
         <v>24</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4">
         <v>25</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4">
         <v>26</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4">
         <v>27</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z30"/>
   <sheetViews>
@@ -2928,293 +3009,330 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>43</v>
-[...13 lines deleted...]
-      <c r="G3" s="8" t="s">
         <v>48</v>
       </c>
+      <c r="C3" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="D3" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="E3" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="F3" s="9" t="s">
+        <v>57</v>
+      </c>
+      <c r="G3" s="9" t="s">
+        <v>58</v>
+      </c>
       <c r="H3" s="3" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="4">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>16</v>
       </c>
+      <c r="C4" s="4">
+        <v>40</v>
+      </c>
+      <c r="D4" s="4">
+        <v>51</v>
+      </c>
+      <c r="E4" s="4">
+        <v>58</v>
+      </c>
+      <c r="F4" s="4">
+        <v>44</v>
+      </c>
+      <c r="G4" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="H4" s="4"/>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="4">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="4">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4">
         <v>12</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>28</v>
-      </c>
+        <v>31</v>
+      </c>
+      <c r="C15" s="4">
+        <v>18</v>
+      </c>
+      <c r="D15" s="4">
+        <v>12</v>
+      </c>
+      <c r="E15" s="4">
+        <v>84</v>
+      </c>
+      <c r="F15" s="4">
+        <v>15</v>
+      </c>
+      <c r="G15" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="H15" s="4"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4">
         <v>14</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4">
         <v>15</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4">
         <v>16</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4">
         <v>17</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4">
         <v>18</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4">
         <v>19</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>36</v>
-      </c>
+        <v>40</v>
+      </c>
+      <c r="C22" s="4">
+        <v>0</v>
+      </c>
+      <c r="D22" s="10"/>
+      <c r="E22" s="4"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4">
         <v>20</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4">
         <v>21</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4">
         <v>22</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4">
         <v>23</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4">
         <v>24</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4">
         <v>25</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4">
         <v>26</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4">
         <v>27</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z30"/>
   <sheetViews>
@@ -3232,293 +3350,330 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>43</v>
-[...13 lines deleted...]
-      <c r="G3" s="8" t="s">
         <v>48</v>
       </c>
+      <c r="C3" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="D3" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="E3" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="F3" s="9" t="s">
+        <v>60</v>
+      </c>
+      <c r="G3" s="9" t="s">
+        <v>58</v>
+      </c>
       <c r="H3" s="3" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="4">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>16</v>
       </c>
+      <c r="C4" s="4">
+        <v>31</v>
+      </c>
+      <c r="D4" s="4">
+        <v>16</v>
+      </c>
+      <c r="E4" s="4">
+        <v>45</v>
+      </c>
+      <c r="F4" s="4">
+        <v>39</v>
+      </c>
+      <c r="G4" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="H4" s="4"/>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="4">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="4">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4">
         <v>12</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>28</v>
-      </c>
+        <v>31</v>
+      </c>
+      <c r="C15" s="4">
+        <v>13</v>
+      </c>
+      <c r="D15" s="4">
+        <v>31</v>
+      </c>
+      <c r="E15" s="4">
+        <v>78</v>
+      </c>
+      <c r="F15" s="4">
+        <v>22</v>
+      </c>
+      <c r="G15" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="H15" s="4"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4">
         <v>14</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4">
         <v>15</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4">
         <v>16</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4">
         <v>17</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4">
         <v>18</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4">
         <v>19</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>36</v>
-      </c>
+        <v>40</v>
+      </c>
+      <c r="C22" s="4">
+        <v>0</v>
+      </c>
+      <c r="D22" s="10"/>
+      <c r="E22" s="4"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4">
         <v>20</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4">
         <v>21</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4">
         <v>22</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4">
         <v>23</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4">
         <v>24</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4">
         <v>25</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4">
         <v>26</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4">
         <v>27</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z30"/>
   <sheetViews>
@@ -3536,293 +3691,308 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>43</v>
-[...13 lines deleted...]
-      <c r="G3" s="8" t="s">
         <v>48</v>
       </c>
+      <c r="C3" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="D3" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="E3" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="F3" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="G3" s="9" t="s">
+        <v>53</v>
+      </c>
       <c r="H3" s="3" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="4">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>16</v>
       </c>
+      <c r="C4" s="4">
+        <v>0</v>
+      </c>
+      <c r="D4" s="10"/>
+      <c r="E4" s="4"/>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="4">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="4">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4">
         <v>12</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>28</v>
-      </c>
+        <v>31</v>
+      </c>
+      <c r="C15" s="4">
+        <v>0</v>
+      </c>
+      <c r="D15" s="10"/>
+      <c r="E15" s="4"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4">
         <v>14</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4">
         <v>15</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4">
         <v>16</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4">
         <v>17</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4">
         <v>18</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4">
         <v>19</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>36</v>
-      </c>
+        <v>40</v>
+      </c>
+      <c r="C22" s="4">
+        <v>0</v>
+      </c>
+      <c r="D22" s="10"/>
+      <c r="E22" s="4"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4">
         <v>20</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4">
         <v>21</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4">
         <v>22</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4">
         <v>23</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4">
         <v>24</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4">
         <v>25</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4">
         <v>26</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4">
         <v>27</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">