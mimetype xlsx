--- v0 (2025-11-03)
+++ v1 (2025-12-22)
@@ -22,51 +22,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="KELENGKAPAN" sheetId="1" r:id="rId4"/>
     <sheet name="POLIO" sheetId="2" r:id="rId5"/>
     <sheet name="MERS" sheetId="3" r:id="rId6"/>
     <sheet name="COVID-19" sheetId="4" r:id="rId7"/>
     <sheet name="MENINGITIS MENINGOKOKUS" sheetId="5" r:id="rId8"/>
     <sheet name="AVIAN INFLUENZA" sheetId="6" r:id="rId9"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="297">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="309">
   <si>
     <t>KELENGKAPAN LAPORAN PEMETAAN RISIKO TH 2025</t>
   </si>
   <si>
     <t>Resume Capaian Provinsi Jawa Timur</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kota/Kab</t>
   </si>
   <si>
     <t>POLIO</t>
   </si>
   <si>
     <t>MERS</t>
   </si>
   <si>
     <t>COVID-19</t>
   </si>
   <si>
     <t>MENINGITIS MENINGOKOKUS</t>
   </si>
   <si>
@@ -183,56 +183,56 @@
   <si>
     <t>08 Mar 2025</t>
   </si>
   <si>
     <t>25 Mar 2025</t>
   </si>
   <si>
     <t>Gresik</t>
   </si>
   <si>
     <t>03 Jun 2025</t>
   </si>
   <si>
     <t>Jember</t>
   </si>
   <si>
     <t>02 Jul 2025</t>
   </si>
   <si>
     <t>18 Aug 2025</t>
   </si>
   <si>
     <t>25 Jul 2025</t>
   </si>
   <si>
+    <t>09 Nov 2025</t>
+  </si>
+  <si>
     <t>DRAFT</t>
   </si>
   <si>
-    <t>KURANG REKOMENDASI</t>
-[...1 lines deleted...]
-  <si>
     <t>Jombang</t>
   </si>
   <si>
     <t>04 Mar 2025</t>
   </si>
   <si>
     <t>Kediri</t>
   </si>
   <si>
     <t>14 Aug 2025</t>
   </si>
   <si>
     <t>12 Sep 2025</t>
   </si>
   <si>
     <t>09 Oct 2025</t>
   </si>
   <si>
     <t>14 Oct 2025</t>
   </si>
   <si>
     <t>Kota Batu</t>
   </si>
   <si>
     <t>19 Mar 2025</t>
@@ -285,53 +285,59 @@
   <si>
     <t>08 Aug 2025</t>
   </si>
   <si>
     <t>11 Aug 2025</t>
   </si>
   <si>
     <t>Kota Mojokerto</t>
   </si>
   <si>
     <t>Kota Pasuruan</t>
   </si>
   <si>
     <t>17 Mar 2025</t>
   </si>
   <si>
     <t>30 Apr 2025</t>
   </si>
   <si>
     <t>13 Jun 2025</t>
   </si>
   <si>
     <t>Kota Probolinggo</t>
   </si>
   <si>
+    <t>09 Dec 2025</t>
+  </si>
+  <si>
     <t>21 Jul 2025</t>
   </si>
   <si>
+    <t>10 Dec 2025</t>
+  </si>
+  <si>
     <t>06 Aug 2025</t>
   </si>
   <si>
     <t>Kota Surabaya</t>
   </si>
   <si>
     <t>17 Apr 2025</t>
   </si>
   <si>
     <t>Lamongan</t>
   </si>
   <si>
     <t>Lumajang</t>
   </si>
   <si>
     <t>Madiun</t>
   </si>
   <si>
     <t>26 Mar 2025</t>
   </si>
   <si>
     <t>10 Apr 2025</t>
   </si>
   <si>
     <t>Magetan</t>
@@ -400,50 +406,53 @@
     <t>01 Nov 2025</t>
   </si>
   <si>
     <t>Sidoarjo</t>
   </si>
   <si>
     <t>01 Oct 2025</t>
   </si>
   <si>
     <t>Situbondo</t>
   </si>
   <si>
     <t>Sumenep</t>
   </si>
   <si>
     <t>19 Sep 2025</t>
   </si>
   <si>
     <t>21 Aug 2025</t>
   </si>
   <si>
     <t>Trenggalek</t>
   </si>
   <si>
     <t>07 Oct 2025</t>
+  </si>
+  <si>
+    <t>06 Nov 2025</t>
   </si>
   <si>
     <t>03 Nov 2025</t>
   </si>
   <si>
     <t>Tuban</t>
   </si>
   <si>
     <t>23 Jul 2025</t>
   </si>
   <si>
     <t>Tulungagung</t>
   </si>
   <si>
     <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI POLIO 2025</t>
   </si>
   <si>
     <t>Kab / Kota</t>
   </si>
   <si>
     <t>INDEKS ANCAMAN
 (MAX 40)</t>
   </si>
   <si>
     <t>INDEKS KERENTANAN
@@ -482,50 +491,53 @@
   <si>
     <t>POLIO2025_Kediri.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Kota_Batu.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Kota_Blitar.docx</t>
   </si>
   <si>
     <t>POLIO2025_Kota_Kediri.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Kota_Madiun.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Kota_Malang.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Kota_Mojokerto.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Kota_Pasuruan.pdf</t>
   </si>
   <si>
+    <t>POLIO2025_Kota_Probolinggo.pdf</t>
+  </si>
+  <si>
     <t>POLIO2025_Kota_Surabaya.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Lamongan.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Lumajang.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Madiun.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Magetan.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Malang.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Mojokerto.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Nganjuk.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Ngawi.pdf</t>
@@ -534,50 +546,53 @@
     <t>POLIO2025_Pacitan.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Pamekasan.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Pasuruan.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Ponorogo.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Probolinggo.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Sampang.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Sidoarjo.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Situbondo.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Sumenep.pdf</t>
+  </si>
+  <si>
+    <t>POLIO2025_Trenggalek.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Tuban.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Tulungagung.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Blitar.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Bojonegoro.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Bondowoso.docx</t>
   </si>
   <si>
     <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI MERS 2025</t>
   </si>
   <si>
     <t>INDEKS ANCAMAN
 (MAX 76)</t>
   </si>
   <si>
     <t>INDEKS KERENTANAN
@@ -613,50 +628,53 @@
   <si>
     <t>MERS2025_Kediri.pdf</t>
   </si>
   <si>
     <t>MERS2025_Kota_Batu.pdf</t>
   </si>
   <si>
     <t>MERS2025_Kota_Blitar.docx</t>
   </si>
   <si>
     <t>MERS2025_Kota_Kediri.pdf</t>
   </si>
   <si>
     <t>MERS2025_Kota_Madiun.pdf</t>
   </si>
   <si>
     <t>MERS2025_Kota_Malang.pdf</t>
   </si>
   <si>
     <t>MERS2025_Kota_Mojokerto.pdf</t>
   </si>
   <si>
     <t>MERS2025_Kota_Pasuruan.pdf</t>
   </si>
   <si>
+    <t>MERS2025_Kota_Probolinggo.pdf</t>
+  </si>
+  <si>
     <t>MERS2025_Kota_Surabaya.pdf</t>
   </si>
   <si>
     <t>MERS2025_Lamongan.pdf</t>
   </si>
   <si>
     <t>MERS2025_Lumajang.pdf</t>
   </si>
   <si>
     <t>MERS2025_Madiun.pdf</t>
   </si>
   <si>
     <t>MERS2025_Magetan.pdf</t>
   </si>
   <si>
     <t>MERS2025_Malang.pdf</t>
   </si>
   <si>
     <t>MERS2025_Mojokerto.pdf</t>
   </si>
   <si>
     <t>MERS2025_Nganjuk.pdf</t>
   </si>
   <si>
     <t>MERS2025_Ngawi.pdf</t>
@@ -665,50 +683,53 @@
     <t>MERS2025_Pacitan.pdf</t>
   </si>
   <si>
     <t>MERS2025_Pamekasan.pdf</t>
   </si>
   <si>
     <t>MERS2025_Pasuruan.pdf</t>
   </si>
   <si>
     <t>MERS2025_Ponorogo.pdf</t>
   </si>
   <si>
     <t>MERS2025_Probolinggo.pdf</t>
   </si>
   <si>
     <t>MERS2025_Sampang.pdf</t>
   </si>
   <si>
     <t>MERS2025_Sidoarjo.pdf</t>
   </si>
   <si>
     <t>MERS2025_Situbondo.pdf</t>
   </si>
   <si>
     <t>MERS2025_Sumenep.pdf</t>
+  </si>
+  <si>
+    <t>MERS2025_Trenggalek.pdf</t>
   </si>
   <si>
     <t>MERS2025_Tuban.pdf</t>
   </si>
   <si>
     <t>MERS2025_Tulungagung.pdf</t>
   </si>
   <si>
     <t>MERS2025_Blitar.pdf</t>
   </si>
   <si>
     <t>MERS2025_Bojonegoro.pdf</t>
   </si>
   <si>
     <t>MERS2025_Bondowoso.pdf</t>
   </si>
   <si>
     <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI COVID-19 2025</t>
   </si>
   <si>
     <t>INDEKS ANCAMAN
 (MAX 0)</t>
   </si>
   <si>
     <t>INDEKS KERENTANAN
@@ -744,50 +765,53 @@
   <si>
     <t>COVID-192025_Kediri.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Kota_Batu.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Kota_Blitar.docx</t>
   </si>
   <si>
     <t>COVID-192025_Kota_Kediri.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Kota_Madiun.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Kota_Malang.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Kota_Mojokerto.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Kota_Pasuruan.pdf</t>
   </si>
   <si>
+    <t>COVID-192025_Kota_Probolinggo.pdf</t>
+  </si>
+  <si>
     <t>COVID-192025_Kota_Surabaya.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Lamongan.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Lumajang.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Madiun.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Magetan.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Malang.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Mojokerto.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Nganjuk.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Ngawi.pdf</t>
@@ -796,141 +820,153 @@
     <t>COVID-192025_Pacitan.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Pamekasan.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Pasuruan.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Ponorogo.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Probolinggo.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Sampang.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Sidoarjo.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Situbondo.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Sumenep.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Trenggalek.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Tuban.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Tulungagung.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Blitar.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Bojonegoro.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Bondowoso.pdf</t>
   </si>
   <si>
     <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI MENINGITIS MENINGOKOKUS 2025</t>
   </si>
   <si>
     <t>INDEKS RISIKO
 (MAX 42)</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Bangkalan.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Banyuwangi.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Gresik.pdf</t>
   </si>
   <si>
+    <t>MENINGITIS_MENINGOKOKUS2025_Jember.pdf</t>
+  </si>
+  <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Jombang.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Kediri.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Kota_Kediri.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Kota_Madiun.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Kota_Malang.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Kota_Mojokerto.pdf</t>
   </si>
   <si>
+    <t>MENINGITIS_MENINGOKOKUS2025_Kota_Probolinggo.pdf</t>
+  </si>
+  <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Kota_Surabaya.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Lamongan.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Lumajang.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Madiun.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Mojokerto.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Nganjuk.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Ngawi.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Pasuruan.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Ponorogo.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Probolinggo.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Sampang.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Sidoarjo.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Situbondo.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Sumenep.pdf</t>
+  </si>
+  <si>
+    <t>MENINGITIS_MENINGOKOKUS2025_Trenggalek.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Tuban.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Tulungagung.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Bondowoso.pdf</t>
   </si>
   <si>
     <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI AVIAN INFLUENZA 2025</t>
   </si>
   <si>
     <t>INDEKS RISIKO
 (MAX 38)</t>
   </si>
   <si>
     <t>AVIAN_INFLUENZA2025_Kota_Batu.pdf</t>
   </si>
   <si>
     <t>AVIAN_INFLUENZA2025_Kota_Blitar.docx</t>
   </si>
   <si>
     <t>AVIAN_INFLUENZA2025_Kota_Pasuruan.pdf</t>
@@ -1421,51 +1457,51 @@
   <dimension ref="A1:Z43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B43" sqref="B43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4.5703" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995" bestFit="true" customWidth="true" style="10"/>
     <col min="3" max="3" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="17.567" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="9" t="s">
@@ -1905,110 +1941,110 @@
       <c r="F12" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="5" t="s">
         <v>51</v>
       </c>
       <c r="I12" s="7" t="s">
         <v>18</v>
       </c>
       <c r="J12" s="5" t="s">
         <v>52</v>
       </c>
       <c r="K12" s="5" t="s">
         <v>51</v>
       </c>
       <c r="L12" s="7" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="5" t="s">
         <v>39</v>
       </c>
       <c r="N12" s="5" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="O12" s="5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P12" s="5" t="s">
         <v>22</v>
       </c>
       <c r="Q12" s="5" t="s">
         <v>22</v>
       </c>
       <c r="R12" s="8" t="s">
-        <v>54</v>
+        <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="3">
         <v>8</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>56</v>
       </c>
       <c r="E13" s="5" t="s">
         <v>21</v>
       </c>
       <c r="F13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="5" t="s">
         <v>43</v>
       </c>
       <c r="H13" s="5" t="s">
         <v>21</v>
       </c>
       <c r="I13" s="7" t="s">
         <v>18</v>
       </c>
       <c r="J13" s="5" t="s">
         <v>43</v>
       </c>
       <c r="K13" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L13" s="7" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="5" t="s">
         <v>46</v>
       </c>
       <c r="N13" s="5" t="s">
         <v>21</v>
       </c>
       <c r="O13" s="5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P13" s="5" t="s">
         <v>22</v>
       </c>
       <c r="Q13" s="5" t="s">
         <v>22</v>
       </c>
       <c r="R13" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="3">
         <v>9</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>57</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>58</v>
       </c>
       <c r="E14" s="5" t="s">
@@ -2438,154 +2474,154 @@
       </c>
       <c r="P21" s="5" t="s">
         <v>45</v>
       </c>
       <c r="Q21" s="5" t="s">
         <v>85</v>
       </c>
       <c r="R21" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="3">
         <v>17</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>86</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>19</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>22</v>
+        <v>87</v>
       </c>
       <c r="F22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G22" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="H22" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="I22" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="J22" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="K22" s="5" t="s">
         <v>87</v>
       </c>
-      <c r="H22" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="L22" s="7" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="N22" s="5" t="s">
-        <v>22</v>
+        <v>87</v>
       </c>
       <c r="O22" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P22" s="5" t="s">
         <v>22</v>
       </c>
       <c r="Q22" s="5" t="s">
         <v>22</v>
       </c>
       <c r="R22" s="8" t="s">
-        <v>54</v>
+        <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="3">
         <v>18</v>
       </c>
       <c r="B23" s="9" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>18</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>74</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G23" s="5" t="s">
         <v>74</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="I23" s="7" t="s">
         <v>18</v>
       </c>
       <c r="J23" s="5" t="s">
         <v>84</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="L23" s="7" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="N23" s="5" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="O23" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P23" s="5" t="s">
         <v>22</v>
       </c>
       <c r="Q23" s="5" t="s">
         <v>22</v>
       </c>
       <c r="R23" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="3">
         <v>19</v>
       </c>
       <c r="B24" s="9" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>45</v>
       </c>
       <c r="E24" s="5" t="s">
         <v>32</v>
       </c>
       <c r="F24" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="5" t="s">
         <v>45</v>
       </c>
       <c r="H24" s="5" t="s">
         <v>32</v>
       </c>
       <c r="I24" s="7" t="s">
         <v>18</v>
       </c>
       <c r="J24" s="5" t="s">
         <v>45</v>
       </c>
@@ -2597,51 +2633,51 @@
       </c>
       <c r="M24" s="5" t="s">
         <v>45</v>
       </c>
       <c r="N24" s="5" t="s">
         <v>32</v>
       </c>
       <c r="O24" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P24" s="5" t="s">
         <v>22</v>
       </c>
       <c r="Q24" s="5" t="s">
         <v>22</v>
       </c>
       <c r="R24" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="3">
         <v>20</v>
       </c>
       <c r="B25" s="9" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C25" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E25" s="5" t="s">
         <v>43</v>
       </c>
       <c r="F25" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H25" s="5" t="s">
         <v>43</v>
       </c>
       <c r="I25" s="7" t="s">
         <v>18</v>
       </c>
       <c r="J25" s="5" t="s">
         <v>29</v>
       </c>
@@ -2653,107 +2689,107 @@
       </c>
       <c r="M25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="N25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="O25" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P25" s="5" t="s">
         <v>22</v>
       </c>
       <c r="Q25" s="5" t="s">
         <v>22</v>
       </c>
       <c r="R25" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="3">
         <v>21</v>
       </c>
       <c r="B26" s="9" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>38</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H26" s="5" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="I26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>38</v>
       </c>
       <c r="K26" s="5" t="s">
         <v>33</v>
       </c>
       <c r="L26" s="7" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="N26" s="5" t="s">
         <v>33</v>
       </c>
       <c r="O26" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P26" s="5" t="s">
         <v>22</v>
       </c>
       <c r="Q26" s="5" t="s">
         <v>22</v>
       </c>
       <c r="R26" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="3">
         <v>22</v>
       </c>
       <c r="B27" s="9" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>45</v>
       </c>
       <c r="E27" s="5" t="s">
         <v>84</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G27" s="5" t="s">
         <v>45</v>
       </c>
       <c r="H27" s="5" t="s">
         <v>84</v>
       </c>
       <c r="I27" s="7" t="s">
         <v>18</v>
       </c>
       <c r="J27" s="5" t="s">
         <v>25</v>
       </c>
@@ -2765,163 +2801,163 @@
       </c>
       <c r="M27" s="5" t="s">
         <v>22</v>
       </c>
       <c r="N27" s="5" t="s">
         <v>22</v>
       </c>
       <c r="O27" s="7" t="s">
         <v>18</v>
       </c>
       <c r="P27" s="5" t="s">
         <v>40</v>
       </c>
       <c r="Q27" s="5" t="s">
         <v>84</v>
       </c>
       <c r="R27" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="3">
         <v>23</v>
       </c>
       <c r="B28" s="9" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E28" s="5" t="s">
         <v>32</v>
       </c>
       <c r="F28" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="5" t="s">
         <v>27</v>
       </c>
       <c r="H28" s="5" t="s">
         <v>32</v>
       </c>
       <c r="I28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="K28" s="5" t="s">
         <v>32</v>
       </c>
       <c r="L28" s="5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="M28" s="5" t="s">
         <v>22</v>
       </c>
       <c r="N28" s="5" t="s">
         <v>22</v>
       </c>
       <c r="O28" s="7" t="s">
         <v>18</v>
       </c>
       <c r="P28" s="5" t="s">
         <v>35</v>
       </c>
       <c r="Q28" s="5" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="R28" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="3">
         <v>24</v>
       </c>
       <c r="B29" s="9" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="F29" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H29" s="5" t="s">
         <v>21</v>
       </c>
       <c r="I29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="J29" s="5" t="s">
         <v>25</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="L29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="5" t="s">
         <v>25</v>
       </c>
       <c r="N29" s="5" t="s">
         <v>21</v>
       </c>
       <c r="O29" s="5" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="P29" s="5" t="s">
         <v>22</v>
       </c>
       <c r="Q29" s="5" t="s">
         <v>22</v>
       </c>
       <c r="R29" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="3">
         <v>25</v>
       </c>
       <c r="B30" s="9" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>38</v>
       </c>
       <c r="E30" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="5" t="s">
         <v>45</v>
       </c>
       <c r="H30" s="5" t="s">
         <v>15</v>
       </c>
       <c r="I30" s="7" t="s">
         <v>18</v>
       </c>
       <c r="J30" s="5" t="s">
         <v>25</v>
       </c>
@@ -2933,163 +2969,163 @@
       </c>
       <c r="M30" s="5" t="s">
         <v>45</v>
       </c>
       <c r="N30" s="5" t="s">
         <v>15</v>
       </c>
       <c r="O30" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P30" s="5" t="s">
         <v>22</v>
       </c>
       <c r="Q30" s="5" t="s">
         <v>22</v>
       </c>
       <c r="R30" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="3">
         <v>26</v>
       </c>
       <c r="B31" s="9" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="5" t="s">
         <v>63</v>
       </c>
       <c r="H31" s="5" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>18</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="L31" s="7" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="N31" s="5" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="O31" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P31" s="5" t="s">
         <v>22</v>
       </c>
       <c r="Q31" s="5" t="s">
         <v>22</v>
       </c>
       <c r="R31" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="3">
         <v>27</v>
       </c>
       <c r="B32" s="9" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="E32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G32" s="5" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="H32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="7" t="s">
         <v>18</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="K32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="L32" s="5" t="s">
         <v>22</v>
       </c>
       <c r="M32" s="5" t="s">
         <v>22</v>
       </c>
       <c r="N32" s="5" t="s">
         <v>22</v>
       </c>
       <c r="O32" s="7" t="s">
         <v>18</v>
       </c>
       <c r="P32" s="5" t="s">
         <v>28</v>
       </c>
       <c r="Q32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="R32" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="3">
         <v>28</v>
       </c>
       <c r="B33" s="9" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C33" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D33" s="5" t="s">
         <v>45</v>
       </c>
       <c r="E33" s="5" t="s">
         <v>48</v>
       </c>
       <c r="F33" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H33" s="5" t="s">
         <v>48</v>
       </c>
       <c r="I33" s="7" t="s">
         <v>18</v>
       </c>
       <c r="J33" s="5" t="s">
         <v>74</v>
       </c>
@@ -3101,51 +3137,51 @@
       </c>
       <c r="M33" s="5" t="s">
         <v>22</v>
       </c>
       <c r="N33" s="5" t="s">
         <v>22</v>
       </c>
       <c r="O33" s="7" t="s">
         <v>18</v>
       </c>
       <c r="P33" s="5" t="s">
         <v>74</v>
       </c>
       <c r="Q33" s="5" t="s">
         <v>48</v>
       </c>
       <c r="R33" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="3">
         <v>29</v>
       </c>
       <c r="B34" s="9" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>45</v>
       </c>
       <c r="E34" s="5" t="s">
         <v>32</v>
       </c>
       <c r="F34" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G34" s="5" t="s">
         <v>45</v>
       </c>
       <c r="H34" s="5" t="s">
         <v>67</v>
       </c>
       <c r="I34" s="7" t="s">
         <v>18</v>
       </c>
       <c r="J34" s="5" t="s">
         <v>45</v>
       </c>
@@ -3157,499 +3193,499 @@
       </c>
       <c r="M34" s="5" t="s">
         <v>45</v>
       </c>
       <c r="N34" s="5" t="s">
         <v>67</v>
       </c>
       <c r="O34" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P34" s="5" t="s">
         <v>22</v>
       </c>
       <c r="Q34" s="5" t="s">
         <v>22</v>
       </c>
       <c r="R34" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="3">
         <v>30</v>
       </c>
       <c r="B35" s="9" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>43</v>
       </c>
       <c r="E35" s="5" t="s">
         <v>48</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H35" s="5" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>18</v>
       </c>
       <c r="J35" s="5" t="s">
         <v>43</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="5" t="s">
         <v>43</v>
       </c>
       <c r="N35" s="5" t="s">
         <v>48</v>
       </c>
       <c r="O35" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P35" s="5" t="s">
         <v>22</v>
       </c>
       <c r="Q35" s="5" t="s">
         <v>22</v>
       </c>
       <c r="R35" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="3">
         <v>31</v>
       </c>
       <c r="B36" s="9" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>50</v>
       </c>
       <c r="E36" s="5" t="s">
         <v>67</v>
       </c>
       <c r="F36" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="5" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="H36" s="5" t="s">
         <v>67</v>
       </c>
       <c r="I36" s="7" t="s">
         <v>18</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="K36" s="5" t="s">
         <v>67</v>
       </c>
       <c r="L36" s="7" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="5" t="s">
         <v>19</v>
       </c>
       <c r="N36" s="5" t="s">
         <v>44</v>
       </c>
       <c r="O36" s="5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P36" s="5" t="s">
         <v>22</v>
       </c>
       <c r="Q36" s="5" t="s">
         <v>22</v>
       </c>
       <c r="R36" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="3">
         <v>32</v>
       </c>
       <c r="B37" s="9" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>78</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="F37" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="5" t="s">
         <v>79</v>
       </c>
       <c r="H37" s="5" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="I37" s="7" t="s">
         <v>18</v>
       </c>
       <c r="J37" s="5" t="s">
         <v>36</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="L37" s="7" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="5" t="s">
         <v>39</v>
       </c>
       <c r="N37" s="5" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="O37" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P37" s="5" t="s">
         <v>22</v>
       </c>
       <c r="Q37" s="5" t="s">
         <v>22</v>
       </c>
       <c r="R37" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="3">
         <v>33</v>
       </c>
       <c r="B38" s="9" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>72</v>
       </c>
       <c r="E38" s="5" t="s">
         <v>79</v>
       </c>
       <c r="F38" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G38" s="5" t="s">
         <v>34</v>
       </c>
       <c r="H38" s="5" t="s">
         <v>35</v>
       </c>
       <c r="I38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J38" s="5" t="s">
         <v>78</v>
       </c>
       <c r="K38" s="5" t="s">
         <v>58</v>
       </c>
       <c r="L38" s="7" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="5" t="s">
         <v>79</v>
       </c>
       <c r="N38" s="5" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="O38" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P38" s="5" t="s">
         <v>22</v>
       </c>
       <c r="Q38" s="5" t="s">
         <v>22</v>
       </c>
       <c r="R38" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="3">
         <v>34</v>
       </c>
       <c r="B39" s="9" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>26</v>
       </c>
       <c r="E39" s="5" t="s">
         <v>48</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G39" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H39" s="5" t="s">
         <v>28</v>
       </c>
       <c r="I39" s="7" t="s">
         <v>18</v>
       </c>
       <c r="J39" s="5" t="s">
         <v>26</v>
       </c>
       <c r="K39" s="5" t="s">
         <v>48</v>
       </c>
       <c r="L39" s="7" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="5" t="s">
         <v>45</v>
       </c>
       <c r="N39" s="5" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="O39" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P39" s="5" t="s">
         <v>22</v>
       </c>
       <c r="Q39" s="5" t="s">
         <v>22</v>
       </c>
       <c r="R39" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="3">
         <v>35</v>
       </c>
       <c r="B40" s="9" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>32</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="F40" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G40" s="5" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="H40" s="5" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="I40" s="7" t="s">
         <v>18</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="L40" s="7" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="N40" s="5" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="O40" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P40" s="5" t="s">
         <v>22</v>
       </c>
       <c r="Q40" s="5" t="s">
         <v>22</v>
       </c>
       <c r="R40" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="3">
         <v>36</v>
       </c>
       <c r="B41" s="9" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>22</v>
+        <v>128</v>
       </c>
       <c r="F41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G41" s="5" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="H41" s="5" t="s">
-        <v>22</v>
+        <v>128</v>
       </c>
       <c r="I41" s="7" t="s">
         <v>18</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="L41" s="7" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="N41" s="5" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="O41" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P41" s="5" t="s">
         <v>22</v>
       </c>
       <c r="Q41" s="5" t="s">
         <v>22</v>
       </c>
       <c r="R41" s="8" t="s">
-        <v>54</v>
+        <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="3">
         <v>37</v>
       </c>
       <c r="B42" s="9" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="E42" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F42" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="5" t="s">
         <v>67</v>
       </c>
       <c r="H42" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I42" s="7" t="s">
         <v>18</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="K42" s="5" t="s">
         <v>16</v>
       </c>
       <c r="L42" s="7" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="5" t="s">
         <v>15</v>
       </c>
       <c r="N42" s="5" t="s">
         <v>16</v>
       </c>
       <c r="O42" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P42" s="5" t="s">
         <v>22</v>
       </c>
       <c r="Q42" s="5" t="s">
         <v>22</v>
       </c>
       <c r="R42" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="3">
         <v>38</v>
       </c>
       <c r="B43" s="9" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>78</v>
       </c>
       <c r="E43" s="5" t="s">
         <v>52</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="5" t="s">
         <v>72</v>
       </c>
       <c r="H43" s="5" t="s">
         <v>52</v>
       </c>
       <c r="I43" s="7" t="s">
         <v>18</v>
       </c>
       <c r="J43" s="5" t="s">
         <v>78</v>
       </c>
@@ -3702,3470 +3738,3484 @@
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z41"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H41" sqref="H41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4.5703" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="38.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C3" s="11" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D3" s="11" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="E3" s="11" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="F3" s="11" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="G3" s="11" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="5">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="5">
         <v>28</v>
       </c>
       <c r="D4" s="5">
         <v>25</v>
       </c>
       <c r="E4" s="5">
         <v>45</v>
       </c>
       <c r="F4" s="5">
         <v>16</v>
       </c>
       <c r="G4" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H4" s="5" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="5">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="5">
         <v>28</v>
       </c>
       <c r="D5" s="5">
         <v>25</v>
       </c>
       <c r="E5" s="5">
         <v>67</v>
       </c>
       <c r="F5" s="5">
         <v>11</v>
       </c>
       <c r="G5" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H5" s="5" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="5">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C6" s="5">
         <v>33</v>
       </c>
       <c r="D6" s="5">
         <v>23</v>
       </c>
       <c r="E6" s="5">
         <v>25</v>
       </c>
       <c r="F6" s="5">
         <v>30</v>
       </c>
       <c r="G6" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="5">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C7" s="5">
         <v>29</v>
       </c>
       <c r="D7" s="5">
         <v>25</v>
       </c>
       <c r="E7" s="5">
         <v>56</v>
       </c>
       <c r="F7" s="5">
         <v>13</v>
       </c>
       <c r="G7" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="5">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C8" s="5">
         <v>28</v>
       </c>
       <c r="D8" s="5">
         <v>25</v>
       </c>
       <c r="E8" s="5">
         <v>36</v>
       </c>
       <c r="F8" s="5">
         <v>20</v>
       </c>
       <c r="G8" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="5" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="5">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C9" s="5">
         <v>28</v>
       </c>
       <c r="D9" s="5">
         <v>23</v>
       </c>
       <c r="E9" s="5">
         <v>70</v>
       </c>
       <c r="F9" s="5">
         <v>9</v>
       </c>
       <c r="G9" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="5">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C10" s="5">
         <v>28</v>
       </c>
       <c r="D10" s="5">
         <v>22</v>
       </c>
       <c r="E10" s="5">
         <v>34</v>
       </c>
       <c r="F10" s="5">
         <v>18</v>
       </c>
       <c r="G10" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="5">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C11" s="5">
         <v>28</v>
       </c>
       <c r="D11" s="5">
         <v>21</v>
       </c>
       <c r="E11" s="5">
         <v>61</v>
       </c>
       <c r="F11" s="5">
         <v>9</v>
       </c>
       <c r="G11" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="5">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C12" s="5">
         <v>28</v>
       </c>
       <c r="D12" s="5">
         <v>21</v>
       </c>
       <c r="E12" s="5">
         <v>60</v>
       </c>
       <c r="F12" s="5">
         <v>10</v>
       </c>
       <c r="G12" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="5">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C13" s="5">
         <v>29</v>
       </c>
       <c r="D13" s="5">
         <v>21</v>
       </c>
       <c r="E13" s="5">
         <v>43</v>
       </c>
       <c r="F13" s="5">
         <v>14</v>
       </c>
       <c r="G13" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="5">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C14" s="5">
         <v>40</v>
       </c>
       <c r="D14" s="5">
         <v>21</v>
       </c>
       <c r="E14" s="5">
         <v>43</v>
       </c>
       <c r="F14" s="5">
         <v>19</v>
       </c>
       <c r="G14" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="5">
         <v>12</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C15" s="5">
         <v>28</v>
       </c>
       <c r="D15" s="5">
         <v>21</v>
       </c>
       <c r="E15" s="5">
         <v>46</v>
       </c>
       <c r="F15" s="5">
         <v>13</v>
       </c>
       <c r="G15" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="5">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C16" s="5">
         <v>28</v>
       </c>
       <c r="D16" s="5">
         <v>25</v>
       </c>
       <c r="E16" s="5">
         <v>54</v>
       </c>
       <c r="F16" s="5">
         <v>13</v>
       </c>
       <c r="G16" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="5">
         <v>14</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C17" s="5">
         <v>28</v>
       </c>
       <c r="D17" s="5">
         <v>21</v>
       </c>
       <c r="E17" s="5">
         <v>37</v>
       </c>
       <c r="F17" s="5">
         <v>16</v>
       </c>
       <c r="G17" s="12" t="s">
         <v>14</v>
       </c>
-      <c r="H17" s="5"/>
+      <c r="H17" s="5" t="s">
+        <v>154</v>
+      </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="5">
         <v>15</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C18" s="5">
         <v>35</v>
       </c>
       <c r="D18" s="5">
         <v>21</v>
       </c>
       <c r="E18" s="5">
         <v>93</v>
       </c>
       <c r="F18" s="5">
         <v>8</v>
       </c>
       <c r="G18" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="5">
         <v>16</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C19" s="5">
         <v>28</v>
       </c>
       <c r="D19" s="5">
         <v>44</v>
       </c>
       <c r="E19" s="5">
         <v>63</v>
       </c>
       <c r="F19" s="5">
         <v>20</v>
       </c>
       <c r="G19" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="5">
         <v>17</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C20" s="5">
         <v>28</v>
       </c>
       <c r="D20" s="5">
         <v>23</v>
       </c>
       <c r="E20" s="5">
         <v>29</v>
       </c>
       <c r="F20" s="5">
         <v>22</v>
       </c>
       <c r="G20" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="5" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="5">
         <v>18</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C21" s="5">
         <v>28</v>
       </c>
       <c r="D21" s="5">
         <v>25</v>
       </c>
       <c r="E21" s="5">
         <v>47</v>
       </c>
       <c r="F21" s="5">
         <v>15</v>
       </c>
       <c r="G21" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H21" s="5" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="5">
         <v>19</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C22" s="5">
         <v>28</v>
       </c>
       <c r="D22" s="5">
         <v>25</v>
       </c>
       <c r="E22" s="5">
         <v>82</v>
       </c>
       <c r="F22" s="5">
         <v>9</v>
       </c>
       <c r="G22" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H22" s="5" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="5">
         <v>20</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C23" s="5">
         <v>28</v>
       </c>
       <c r="D23" s="5">
         <v>21</v>
       </c>
       <c r="E23" s="5">
         <v>50</v>
       </c>
       <c r="F23" s="5">
         <v>12</v>
       </c>
       <c r="G23" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="5">
         <v>21</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C24" s="5">
         <v>28</v>
       </c>
       <c r="D24" s="5">
         <v>23</v>
       </c>
       <c r="E24" s="5">
         <v>41</v>
       </c>
       <c r="F24" s="5">
         <v>16</v>
       </c>
       <c r="G24" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H24" s="5" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="5">
         <v>22</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C25" s="5">
         <v>28</v>
       </c>
       <c r="D25" s="5">
         <v>28</v>
       </c>
       <c r="E25" s="5">
         <v>50</v>
       </c>
       <c r="F25" s="5">
         <v>16</v>
       </c>
       <c r="G25" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="5">
         <v>23</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C26" s="5">
         <v>28</v>
       </c>
       <c r="D26" s="5">
         <v>25</v>
       </c>
       <c r="E26" s="5">
         <v>29</v>
       </c>
       <c r="F26" s="5">
         <v>24</v>
       </c>
       <c r="G26" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H26" s="5" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="5">
         <v>24</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C27" s="5">
         <v>28</v>
       </c>
       <c r="D27" s="5">
         <v>25</v>
       </c>
       <c r="E27" s="5">
         <v>47</v>
       </c>
       <c r="F27" s="5">
         <v>15</v>
       </c>
       <c r="G27" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H27" s="5" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="5">
         <v>25</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C28" s="5">
         <v>37</v>
       </c>
       <c r="D28" s="5">
         <v>48</v>
       </c>
       <c r="E28" s="5">
         <v>29</v>
       </c>
       <c r="F28" s="5">
         <v>61</v>
       </c>
       <c r="G28" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H28" s="5" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="5">
         <v>26</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C29" s="5">
         <v>28</v>
       </c>
       <c r="D29" s="5">
         <v>26</v>
       </c>
       <c r="E29" s="5">
         <v>36</v>
       </c>
       <c r="F29" s="5">
         <v>20</v>
       </c>
       <c r="G29" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H29" s="5" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="5">
         <v>27</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C30" s="5">
         <v>28</v>
       </c>
       <c r="D30" s="5">
         <v>21</v>
       </c>
       <c r="E30" s="5">
         <v>48</v>
       </c>
       <c r="F30" s="5">
         <v>12</v>
       </c>
       <c r="G30" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H30" s="5" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="5">
         <v>28</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C31" s="5">
         <v>33</v>
       </c>
       <c r="D31" s="5">
         <v>19</v>
       </c>
       <c r="E31" s="5">
         <v>55</v>
       </c>
       <c r="F31" s="5">
         <v>12</v>
       </c>
       <c r="G31" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H31" s="5" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="5">
         <v>29</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C32" s="5">
         <v>31</v>
       </c>
       <c r="D32" s="5">
         <v>25</v>
       </c>
       <c r="E32" s="5">
         <v>40</v>
       </c>
       <c r="F32" s="5">
         <v>20</v>
       </c>
       <c r="G32" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H32" s="5" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="5">
         <v>30</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C33" s="5">
         <v>28</v>
       </c>
       <c r="D33" s="5">
         <v>23</v>
       </c>
       <c r="E33" s="5">
         <v>62</v>
       </c>
       <c r="F33" s="5">
         <v>10</v>
       </c>
       <c r="G33" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H33" s="5" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="5">
         <v>31</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C34" s="5">
         <v>28</v>
       </c>
       <c r="D34" s="5">
         <v>25</v>
       </c>
       <c r="E34" s="5">
         <v>53</v>
       </c>
       <c r="F34" s="5">
         <v>13</v>
       </c>
       <c r="G34" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H34" s="5" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="5">
         <v>32</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C35" s="5">
         <v>28</v>
       </c>
       <c r="D35" s="5">
         <v>23</v>
       </c>
       <c r="E35" s="5">
         <v>56</v>
       </c>
       <c r="F35" s="5">
         <v>11</v>
       </c>
       <c r="G35" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H35" s="5" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="5">
         <v>33</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C36" s="5">
         <v>28</v>
       </c>
       <c r="D36" s="5">
         <v>25</v>
       </c>
       <c r="E36" s="5">
         <v>65</v>
       </c>
       <c r="F36" s="5">
         <v>11</v>
       </c>
       <c r="G36" s="12" t="s">
         <v>14</v>
       </c>
-      <c r="H36" s="5"/>
+      <c r="H36" s="5" t="s">
+        <v>173</v>
+      </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="5">
         <v>34</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C37" s="5">
         <v>28</v>
       </c>
       <c r="D37" s="5">
         <v>23</v>
       </c>
       <c r="E37" s="5">
         <v>43</v>
       </c>
       <c r="F37" s="5">
         <v>15</v>
       </c>
       <c r="G37" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H37" s="5" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="5">
         <v>35</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C38" s="5">
         <v>28</v>
       </c>
       <c r="D38" s="5">
         <v>23</v>
       </c>
       <c r="E38" s="5">
         <v>41</v>
       </c>
       <c r="F38" s="5">
         <v>16</v>
       </c>
       <c r="G38" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H38" s="5" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="5">
         <v>36</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5">
         <v>28</v>
       </c>
       <c r="D39" s="5">
         <v>25</v>
       </c>
       <c r="E39" s="5">
         <v>39</v>
       </c>
       <c r="F39" s="5">
         <v>18</v>
       </c>
       <c r="G39" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H39" s="5" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="5">
         <v>37</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C40" s="5">
         <v>28</v>
       </c>
       <c r="D40" s="5">
         <v>23</v>
       </c>
       <c r="E40" s="5">
         <v>24</v>
       </c>
       <c r="F40" s="5">
         <v>27</v>
       </c>
       <c r="G40" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H40" s="5" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="5">
         <v>38</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C41" s="5">
         <v>28</v>
       </c>
       <c r="D41" s="5">
         <v>25</v>
       </c>
       <c r="E41" s="5">
         <v>35</v>
       </c>
       <c r="F41" s="5">
         <v>20</v>
       </c>
       <c r="G41" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H41" s="5" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z41"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H41" sqref="H41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4.5703" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="37.562" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C3" s="11" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="D3" s="11" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="E3" s="11" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="F3" s="11" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="G3" s="11" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="5">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="5">
         <v>74</v>
       </c>
       <c r="D4" s="5">
         <v>100</v>
       </c>
       <c r="E4" s="5">
         <v>43</v>
       </c>
       <c r="F4" s="5">
         <v>170</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="5" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="5">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="5">
         <v>74</v>
       </c>
       <c r="D5" s="5">
         <v>100</v>
       </c>
       <c r="E5" s="5">
         <v>41</v>
       </c>
       <c r="F5" s="5">
         <v>182</v>
       </c>
       <c r="G5" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="5" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="5">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C6" s="5">
         <v>74</v>
       </c>
       <c r="D6" s="5">
         <v>100</v>
       </c>
       <c r="E6" s="5">
         <v>24</v>
       </c>
       <c r="F6" s="5">
         <v>310</v>
       </c>
       <c r="G6" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="5">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C7" s="5">
         <v>74</v>
       </c>
       <c r="D7" s="5">
         <v>100</v>
       </c>
       <c r="E7" s="5">
         <v>43</v>
       </c>
       <c r="F7" s="5">
         <v>172</v>
       </c>
       <c r="G7" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="5">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C8" s="5">
         <v>74</v>
       </c>
       <c r="D8" s="5">
         <v>100</v>
       </c>
       <c r="E8" s="5">
         <v>23</v>
       </c>
       <c r="F8" s="5">
         <v>326</v>
       </c>
       <c r="G8" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="5" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="5">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C9" s="5">
         <v>74</v>
       </c>
       <c r="D9" s="5">
         <v>93</v>
       </c>
       <c r="E9" s="5">
         <v>56</v>
       </c>
       <c r="F9" s="5">
         <v>122</v>
       </c>
       <c r="G9" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="5">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C10" s="5">
         <v>74</v>
       </c>
       <c r="D10" s="5">
         <v>50</v>
       </c>
       <c r="E10" s="5">
         <v>48</v>
       </c>
       <c r="F10" s="5">
         <v>76</v>
       </c>
       <c r="G10" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="5">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C11" s="5">
         <v>74</v>
       </c>
       <c r="D11" s="5">
         <v>50</v>
       </c>
       <c r="E11" s="5">
         <v>70</v>
       </c>
       <c r="F11" s="5">
         <v>53</v>
       </c>
       <c r="G11" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="5">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C12" s="5">
         <v>74</v>
       </c>
       <c r="D12" s="5">
         <v>55</v>
       </c>
       <c r="E12" s="5">
         <v>78</v>
       </c>
       <c r="F12" s="5">
         <v>52</v>
       </c>
       <c r="G12" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="5">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C13" s="5">
         <v>74</v>
       </c>
       <c r="D13" s="5">
         <v>50</v>
       </c>
       <c r="E13" s="5">
         <v>52</v>
       </c>
       <c r="F13" s="5">
         <v>71</v>
       </c>
       <c r="G13" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="5">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C14" s="5">
         <v>76</v>
       </c>
       <c r="D14" s="5">
         <v>100</v>
       </c>
       <c r="E14" s="5">
         <v>55</v>
       </c>
       <c r="F14" s="5">
         <v>138</v>
       </c>
       <c r="G14" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="5">
         <v>12</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C15" s="5">
         <v>74</v>
       </c>
       <c r="D15" s="5">
         <v>50</v>
       </c>
       <c r="E15" s="5">
         <v>55</v>
       </c>
       <c r="F15" s="5">
         <v>67</v>
       </c>
       <c r="G15" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="5">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C16" s="5">
         <v>74</v>
       </c>
       <c r="D16" s="5">
         <v>55</v>
       </c>
       <c r="E16" s="5">
         <v>54</v>
       </c>
       <c r="F16" s="5">
         <v>75</v>
       </c>
       <c r="G16" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="5">
         <v>14</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C17" s="5">
         <v>74</v>
       </c>
       <c r="D17" s="5">
         <v>50</v>
       </c>
       <c r="E17" s="5">
         <v>53</v>
       </c>
       <c r="F17" s="5">
         <v>70</v>
       </c>
       <c r="G17" s="12" t="s">
         <v>14</v>
       </c>
-      <c r="H17" s="5"/>
+      <c r="H17" s="5" t="s">
+        <v>198</v>
+      </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="5">
         <v>15</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C18" s="5">
         <v>74</v>
       </c>
       <c r="D18" s="5">
         <v>100</v>
       </c>
       <c r="E18" s="5">
         <v>74</v>
       </c>
       <c r="F18" s="5">
         <v>99</v>
       </c>
       <c r="G18" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="5">
         <v>16</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C19" s="5">
         <v>74</v>
       </c>
       <c r="D19" s="5">
         <v>94</v>
       </c>
       <c r="E19" s="5">
         <v>57</v>
       </c>
       <c r="F19" s="5">
         <v>121</v>
       </c>
       <c r="G19" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="5">
         <v>17</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C20" s="5">
         <v>74</v>
       </c>
       <c r="D20" s="5">
         <v>100</v>
       </c>
       <c r="E20" s="5">
         <v>39</v>
       </c>
       <c r="F20" s="5">
         <v>189</v>
       </c>
       <c r="G20" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="5" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="5">
         <v>18</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C21" s="5">
         <v>74</v>
       </c>
       <c r="D21" s="5">
         <v>55</v>
       </c>
       <c r="E21" s="5">
         <v>48</v>
       </c>
       <c r="F21" s="5">
         <v>83</v>
       </c>
       <c r="G21" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H21" s="5" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="5">
         <v>19</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C22" s="5">
         <v>74</v>
       </c>
       <c r="D22" s="5">
         <v>55</v>
       </c>
       <c r="E22" s="5">
         <v>53</v>
       </c>
       <c r="F22" s="5">
         <v>76</v>
       </c>
       <c r="G22" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H22" s="5" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="5">
         <v>20</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C23" s="5">
         <v>74</v>
       </c>
       <c r="D23" s="5">
         <v>100</v>
       </c>
       <c r="E23" s="5">
         <v>46</v>
       </c>
       <c r="F23" s="5">
         <v>159</v>
       </c>
       <c r="G23" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="5">
         <v>21</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C24" s="5">
         <v>74</v>
       </c>
       <c r="D24" s="5">
         <v>100</v>
       </c>
       <c r="E24" s="5">
         <v>55</v>
       </c>
       <c r="F24" s="5">
         <v>133</v>
       </c>
       <c r="G24" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H24" s="5" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="5">
         <v>22</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C25" s="5">
         <v>74</v>
       </c>
       <c r="D25" s="5">
         <v>100</v>
       </c>
       <c r="E25" s="5">
         <v>34</v>
       </c>
       <c r="F25" s="5">
         <v>217</v>
       </c>
       <c r="G25" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="5">
         <v>23</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C26" s="5">
         <v>74</v>
       </c>
       <c r="D26" s="5">
         <v>100</v>
       </c>
       <c r="E26" s="5">
         <v>61</v>
       </c>
       <c r="F26" s="5">
         <v>120</v>
       </c>
       <c r="G26" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H26" s="5" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="5">
         <v>24</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C27" s="5">
         <v>74</v>
       </c>
       <c r="D27" s="5">
         <v>55</v>
       </c>
       <c r="E27" s="5">
         <v>48</v>
       </c>
       <c r="F27" s="5">
         <v>83</v>
       </c>
       <c r="G27" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H27" s="5" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="5">
         <v>25</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C28" s="5">
         <v>74</v>
       </c>
       <c r="D28" s="5">
         <v>100</v>
       </c>
       <c r="E28" s="5">
         <v>34</v>
       </c>
       <c r="F28" s="5">
         <v>218</v>
       </c>
       <c r="G28" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H28" s="5" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="5">
         <v>26</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C29" s="5">
         <v>74</v>
       </c>
       <c r="D29" s="5">
         <v>100</v>
       </c>
       <c r="E29" s="5">
         <v>54</v>
       </c>
       <c r="F29" s="5">
         <v>135</v>
       </c>
       <c r="G29" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H29" s="5" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="5">
         <v>27</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C30" s="5">
         <v>74</v>
       </c>
       <c r="D30" s="5">
         <v>100</v>
       </c>
       <c r="E30" s="5">
         <v>51</v>
       </c>
       <c r="F30" s="5">
         <v>145</v>
       </c>
       <c r="G30" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H30" s="5" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="5">
         <v>28</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C31" s="5">
         <v>74</v>
       </c>
       <c r="D31" s="5">
         <v>67</v>
       </c>
       <c r="E31" s="5">
         <v>15</v>
       </c>
       <c r="F31" s="5">
         <v>321</v>
       </c>
       <c r="G31" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H31" s="5" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="5">
         <v>29</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C32" s="5">
         <v>74</v>
       </c>
       <c r="D32" s="5">
         <v>100</v>
       </c>
       <c r="E32" s="5">
         <v>22</v>
       </c>
       <c r="F32" s="5">
         <v>333</v>
       </c>
       <c r="G32" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="5" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="5">
         <v>30</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C33" s="5">
         <v>74</v>
       </c>
       <c r="D33" s="5">
         <v>100</v>
       </c>
       <c r="E33" s="5">
         <v>41</v>
       </c>
       <c r="F33" s="5">
         <v>179</v>
       </c>
       <c r="G33" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H33" s="5" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="5">
         <v>31</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C34" s="5">
         <v>74</v>
       </c>
       <c r="D34" s="5">
         <v>100</v>
       </c>
       <c r="E34" s="5">
         <v>33</v>
       </c>
       <c r="F34" s="5">
         <v>222</v>
       </c>
       <c r="G34" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H34" s="5" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="5">
         <v>32</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C35" s="5">
         <v>74</v>
       </c>
       <c r="D35" s="5">
         <v>100</v>
       </c>
       <c r="E35" s="5">
         <v>41</v>
       </c>
       <c r="F35" s="5">
         <v>178</v>
       </c>
       <c r="G35" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H35" s="5" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="5">
         <v>33</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C36" s="5">
         <v>74</v>
       </c>
       <c r="D36" s="5">
         <v>100</v>
       </c>
       <c r="E36" s="5">
         <v>70</v>
       </c>
       <c r="F36" s="5">
         <v>105</v>
       </c>
       <c r="G36" s="12" t="s">
         <v>14</v>
       </c>
-      <c r="H36" s="5"/>
+      <c r="H36" s="5" t="s">
+        <v>217</v>
+      </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="5">
         <v>34</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C37" s="5">
         <v>74</v>
       </c>
       <c r="D37" s="5">
         <v>100</v>
       </c>
       <c r="E37" s="5">
         <v>42</v>
       </c>
       <c r="F37" s="5">
         <v>174</v>
       </c>
       <c r="G37" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H37" s="5" t="s">
-        <v>211</v>
+        <v>218</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="5">
         <v>35</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C38" s="5">
         <v>74</v>
       </c>
       <c r="D38" s="5">
         <v>100</v>
       </c>
       <c r="E38" s="5">
         <v>56</v>
       </c>
       <c r="F38" s="5">
         <v>131</v>
       </c>
       <c r="G38" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H38" s="5" t="s">
-        <v>212</v>
+        <v>219</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="5">
         <v>36</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5">
         <v>74</v>
       </c>
       <c r="D39" s="5">
         <v>100</v>
       </c>
       <c r="E39" s="5">
         <v>68</v>
       </c>
       <c r="F39" s="5">
         <v>109</v>
       </c>
       <c r="G39" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H39" s="5" t="s">
-        <v>213</v>
+        <v>220</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="5">
         <v>37</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C40" s="5">
         <v>74</v>
       </c>
       <c r="D40" s="5">
         <v>93</v>
       </c>
       <c r="E40" s="5">
         <v>86</v>
       </c>
       <c r="F40" s="5">
         <v>79</v>
       </c>
       <c r="G40" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H40" s="5" t="s">
-        <v>214</v>
+        <v>221</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="5">
         <v>38</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C41" s="5">
         <v>74</v>
       </c>
       <c r="D41" s="5">
         <v>100</v>
       </c>
       <c r="E41" s="5">
         <v>59</v>
       </c>
       <c r="F41" s="5">
         <v>124</v>
       </c>
       <c r="G41" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H41" s="5" t="s">
-        <v>215</v>
+        <v>222</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z41"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H41" sqref="H41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4.5703" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="42.275" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>216</v>
+        <v>223</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C3" s="11" t="s">
-        <v>217</v>
+        <v>224</v>
       </c>
       <c r="D3" s="11" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="E3" s="11" t="s">
-        <v>219</v>
+        <v>226</v>
       </c>
       <c r="F3" s="11" t="s">
-        <v>220</v>
+        <v>227</v>
       </c>
       <c r="G3" s="11" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="5">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="5">
         <v>17</v>
       </c>
       <c r="D4" s="5">
         <v>30</v>
       </c>
       <c r="E4" s="5">
         <v>63</v>
       </c>
       <c r="F4" s="5">
         <v>30</v>
       </c>
       <c r="G4" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H4" s="5" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="5">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="5">
         <v>32</v>
       </c>
       <c r="D5" s="5">
         <v>56</v>
       </c>
       <c r="E5" s="5">
         <v>66</v>
       </c>
       <c r="F5" s="5">
         <v>39</v>
       </c>
       <c r="G5" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H5" s="5" t="s">
-        <v>223</v>
+        <v>230</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="5">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C6" s="5">
         <v>29</v>
       </c>
       <c r="D6" s="5">
         <v>56</v>
       </c>
       <c r="E6" s="5">
         <v>63</v>
       </c>
       <c r="F6" s="5">
         <v>40</v>
       </c>
       <c r="G6" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="5">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C7" s="5">
         <v>23</v>
       </c>
       <c r="D7" s="5">
         <v>39</v>
       </c>
       <c r="E7" s="5">
         <v>77</v>
       </c>
       <c r="F7" s="5">
         <v>27</v>
       </c>
       <c r="G7" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="5">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C8" s="5">
         <v>16</v>
       </c>
       <c r="D8" s="5">
         <v>60</v>
       </c>
       <c r="E8" s="5">
         <v>80</v>
       </c>
       <c r="F8" s="5">
         <v>29</v>
       </c>
       <c r="G8" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H8" s="5" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="5">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C9" s="5">
         <v>14</v>
       </c>
       <c r="D9" s="5">
         <v>24</v>
       </c>
       <c r="E9" s="5">
         <v>98</v>
       </c>
       <c r="F9" s="5">
         <v>10</v>
       </c>
       <c r="G9" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>227</v>
+        <v>234</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="5">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C10" s="5">
         <v>14</v>
       </c>
       <c r="D10" s="5">
         <v>39</v>
       </c>
       <c r="E10" s="5">
         <v>89</v>
       </c>
       <c r="F10" s="5">
         <v>19</v>
       </c>
       <c r="G10" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="5">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C11" s="5">
         <v>16</v>
       </c>
       <c r="D11" s="5">
         <v>24</v>
       </c>
       <c r="E11" s="5">
         <v>93</v>
       </c>
       <c r="F11" s="5">
         <v>14</v>
       </c>
       <c r="G11" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="5">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C12" s="5">
         <v>17</v>
       </c>
       <c r="D12" s="5">
         <v>47</v>
       </c>
       <c r="E12" s="5">
         <v>94</v>
       </c>
       <c r="F12" s="5">
         <v>19</v>
       </c>
       <c r="G12" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="5">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C13" s="5">
         <v>19</v>
       </c>
       <c r="D13" s="5">
         <v>60</v>
       </c>
       <c r="E13" s="5">
         <v>89</v>
       </c>
       <c r="F13" s="5">
         <v>25</v>
       </c>
       <c r="G13" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>231</v>
+        <v>238</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="5">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C14" s="5">
         <v>19</v>
       </c>
       <c r="D14" s="5">
         <v>60</v>
       </c>
       <c r="E14" s="5">
         <v>70</v>
       </c>
       <c r="F14" s="5">
         <v>35</v>
       </c>
       <c r="G14" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="5">
         <v>12</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C15" s="5">
         <v>18</v>
       </c>
       <c r="D15" s="5">
         <v>47</v>
       </c>
       <c r="E15" s="5">
         <v>65</v>
       </c>
       <c r="F15" s="5">
         <v>34</v>
       </c>
       <c r="G15" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>233</v>
+        <v>240</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="5">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C16" s="5">
         <v>20</v>
       </c>
       <c r="D16" s="5">
         <v>56</v>
       </c>
       <c r="E16" s="5">
         <v>75</v>
       </c>
       <c r="F16" s="5">
         <v>31</v>
       </c>
       <c r="G16" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>234</v>
+        <v>241</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="5">
         <v>14</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C17" s="5">
         <v>21</v>
       </c>
       <c r="D17" s="5">
         <v>12</v>
       </c>
       <c r="E17" s="5">
         <v>87</v>
       </c>
       <c r="F17" s="5">
         <v>15</v>
       </c>
       <c r="G17" s="14" t="s">
         <v>18</v>
       </c>
-      <c r="H17" s="5"/>
+      <c r="H17" s="5" t="s">
+        <v>242</v>
+      </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="5">
         <v>15</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C18" s="5">
         <v>38</v>
       </c>
       <c r="D18" s="5">
         <v>60</v>
       </c>
       <c r="E18" s="5">
         <v>94</v>
       </c>
       <c r="F18" s="5">
         <v>28</v>
       </c>
       <c r="G18" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>235</v>
+        <v>243</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="5">
         <v>16</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C19" s="5">
         <v>20</v>
       </c>
       <c r="D19" s="5">
         <v>60</v>
       </c>
       <c r="E19" s="5">
         <v>74</v>
       </c>
       <c r="F19" s="5">
         <v>33</v>
       </c>
       <c r="G19" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="5">
         <v>17</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C20" s="5">
         <v>26</v>
       </c>
       <c r="D20" s="5">
         <v>47</v>
       </c>
       <c r="E20" s="5">
         <v>59</v>
       </c>
       <c r="F20" s="5">
         <v>39</v>
       </c>
       <c r="G20" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H20" s="5" t="s">
-        <v>237</v>
+        <v>245</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="5">
         <v>18</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C21" s="5">
         <v>46</v>
       </c>
       <c r="D21" s="5">
         <v>51</v>
       </c>
       <c r="E21" s="5">
         <v>62</v>
       </c>
       <c r="F21" s="5">
         <v>43</v>
       </c>
       <c r="G21" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H21" s="5" t="s">
-        <v>238</v>
+        <v>246</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="5">
         <v>19</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C22" s="5">
         <v>15</v>
       </c>
       <c r="D22" s="5">
         <v>60</v>
       </c>
       <c r="E22" s="5">
         <v>96</v>
       </c>
       <c r="F22" s="5">
         <v>21</v>
       </c>
       <c r="G22" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H22" s="5" t="s">
-        <v>239</v>
+        <v>247</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="5">
         <v>20</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C23" s="5">
         <v>29</v>
       </c>
       <c r="D23" s="5">
         <v>60</v>
       </c>
       <c r="E23" s="5">
         <v>56</v>
       </c>
       <c r="F23" s="5">
         <v>44</v>
       </c>
       <c r="G23" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>240</v>
+        <v>248</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="5">
         <v>21</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C24" s="5">
         <v>18</v>
       </c>
       <c r="D24" s="5">
         <v>60</v>
       </c>
       <c r="E24" s="5">
         <v>67</v>
       </c>
       <c r="F24" s="5">
         <v>36</v>
       </c>
       <c r="G24" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H24" s="5" t="s">
-        <v>241</v>
+        <v>249</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="5">
         <v>22</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C25" s="5">
         <v>18</v>
       </c>
       <c r="D25" s="5">
         <v>39</v>
       </c>
       <c r="E25" s="5">
         <v>76</v>
       </c>
       <c r="F25" s="5">
         <v>26</v>
       </c>
       <c r="G25" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>242</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="5">
         <v>23</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C26" s="5">
         <v>17</v>
       </c>
       <c r="D26" s="5">
         <v>32</v>
       </c>
       <c r="E26" s="5">
         <v>92</v>
       </c>
       <c r="F26" s="5">
         <v>16</v>
       </c>
       <c r="G26" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H26" s="5" t="s">
-        <v>243</v>
+        <v>251</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="5">
         <v>24</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C27" s="5">
         <v>17</v>
       </c>
       <c r="D27" s="5">
         <v>34</v>
       </c>
       <c r="E27" s="5">
         <v>88</v>
       </c>
       <c r="F27" s="5">
         <v>19</v>
       </c>
       <c r="G27" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H27" s="5" t="s">
-        <v>244</v>
+        <v>252</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="5">
         <v>25</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C28" s="5">
         <v>45</v>
       </c>
       <c r="D28" s="5">
         <v>12</v>
       </c>
       <c r="E28" s="5">
         <v>54</v>
       </c>
       <c r="F28" s="5">
         <v>37</v>
       </c>
       <c r="G28" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H28" s="5" t="s">
-        <v>245</v>
+        <v>253</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="5">
         <v>26</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C29" s="5">
         <v>15</v>
       </c>
       <c r="D29" s="5">
         <v>60</v>
       </c>
       <c r="E29" s="5">
         <v>77</v>
       </c>
       <c r="F29" s="5">
         <v>31</v>
       </c>
       <c r="G29" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H29" s="5" t="s">
-        <v>246</v>
+        <v>254</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="5">
         <v>27</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C30" s="5">
         <v>16</v>
       </c>
       <c r="D30" s="5">
         <v>23</v>
       </c>
       <c r="E30" s="5">
         <v>82</v>
       </c>
       <c r="F30" s="5">
         <v>19</v>
       </c>
       <c r="G30" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H30" s="5" t="s">
-        <v>247</v>
+        <v>255</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="5">
         <v>28</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C31" s="5">
         <v>45</v>
       </c>
       <c r="D31" s="5">
         <v>35</v>
       </c>
       <c r="E31" s="5">
         <v>72</v>
       </c>
       <c r="F31" s="5">
         <v>34</v>
       </c>
       <c r="G31" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H31" s="5" t="s">
-        <v>248</v>
+        <v>256</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="5">
         <v>29</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C32" s="5">
         <v>16</v>
       </c>
       <c r="D32" s="5">
         <v>14</v>
       </c>
       <c r="E32" s="5">
         <v>63</v>
       </c>
       <c r="F32" s="5">
         <v>26</v>
       </c>
       <c r="G32" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H32" s="5" t="s">
-        <v>249</v>
+        <v>257</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="5">
         <v>30</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C33" s="5">
         <v>33</v>
       </c>
       <c r="D33" s="5">
         <v>60</v>
       </c>
       <c r="E33" s="5">
         <v>55</v>
       </c>
       <c r="F33" s="5">
         <v>45</v>
       </c>
       <c r="G33" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H33" s="5" t="s">
-        <v>250</v>
+        <v>258</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="5">
         <v>31</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C34" s="5">
         <v>23</v>
       </c>
       <c r="D34" s="5">
         <v>56</v>
       </c>
       <c r="E34" s="5">
         <v>74</v>
       </c>
       <c r="F34" s="5">
         <v>33</v>
       </c>
       <c r="G34" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H34" s="5" t="s">
-        <v>251</v>
+        <v>259</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="5">
         <v>32</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C35" s="5">
         <v>22</v>
       </c>
       <c r="D35" s="5">
         <v>20</v>
       </c>
       <c r="E35" s="5">
         <v>80</v>
       </c>
       <c r="F35" s="5">
         <v>21</v>
       </c>
       <c r="G35" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H35" s="5" t="s">
-        <v>252</v>
+        <v>260</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="5">
         <v>33</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C36" s="5">
         <v>21</v>
       </c>
       <c r="D36" s="5">
         <v>44</v>
       </c>
       <c r="E36" s="5">
         <v>81</v>
       </c>
       <c r="F36" s="5">
         <v>26</v>
       </c>
       <c r="G36" s="14" t="s">
         <v>18</v>
       </c>
-      <c r="H36" s="5"/>
+      <c r="H36" s="5" t="s">
+        <v>261</v>
+      </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="5">
         <v>34</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C37" s="5">
         <v>24</v>
       </c>
       <c r="D37" s="5">
         <v>57</v>
       </c>
       <c r="E37" s="5">
         <v>61</v>
       </c>
       <c r="F37" s="5">
         <v>40</v>
       </c>
       <c r="G37" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H37" s="5" t="s">
-        <v>253</v>
+        <v>262</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="5">
         <v>35</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C38" s="5">
         <v>18</v>
       </c>
       <c r="D38" s="5">
         <v>60</v>
       </c>
       <c r="E38" s="5">
         <v>72</v>
       </c>
       <c r="F38" s="5">
         <v>33</v>
       </c>
       <c r="G38" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H38" s="5" t="s">
-        <v>254</v>
+        <v>263</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="5">
         <v>36</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5">
         <v>18</v>
       </c>
       <c r="D39" s="5">
         <v>24</v>
       </c>
       <c r="E39" s="5">
         <v>85</v>
       </c>
       <c r="F39" s="5">
         <v>18</v>
       </c>
       <c r="G39" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H39" s="5" t="s">
-        <v>255</v>
+        <v>264</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="5">
         <v>37</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C40" s="5">
         <v>12</v>
       </c>
       <c r="D40" s="5">
         <v>57</v>
       </c>
       <c r="E40" s="5">
         <v>88</v>
       </c>
       <c r="F40" s="5">
         <v>23</v>
       </c>
       <c r="G40" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H40" s="5" t="s">
-        <v>256</v>
+        <v>265</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="5">
         <v>38</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C41" s="5">
         <v>19</v>
       </c>
       <c r="D41" s="5">
         <v>60</v>
       </c>
       <c r="E41" s="5">
         <v>89</v>
       </c>
       <c r="F41" s="5">
         <v>25</v>
       </c>
       <c r="G41" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H41" s="5" t="s">
-        <v>257</v>
+        <v>266</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z41"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H41" sqref="H41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4.5703" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="59.985" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>258</v>
+        <v>267</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C3" s="11" t="s">
-        <v>217</v>
+        <v>224</v>
       </c>
       <c r="D3" s="11" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="E3" s="11" t="s">
-        <v>219</v>
+        <v>226</v>
       </c>
       <c r="F3" s="11" t="s">
-        <v>259</v>
+        <v>268</v>
       </c>
       <c r="G3" s="11" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="5">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="5">
         <v>37</v>
       </c>
       <c r="D4" s="5">
         <v>16</v>
       </c>
       <c r="E4" s="5">
         <v>58</v>
       </c>
       <c r="F4" s="5">
         <v>34</v>
       </c>
       <c r="G4" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H4" s="5" t="s">
-        <v>260</v>
+        <v>269</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="5">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="5">
         <v>21</v>
       </c>
       <c r="D5" s="5">
         <v>16</v>
       </c>
       <c r="E5" s="5">
         <v>57</v>
       </c>
       <c r="F5" s="5">
         <v>31</v>
       </c>
       <c r="G5" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H5" s="5" t="s">
-        <v>261</v>
+        <v>270</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="5">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C6" s="5">
         <v>48</v>
       </c>
       <c r="D6" s="5">
         <v>0</v>
       </c>
       <c r="E6" s="5">
         <v>47</v>
       </c>
       <c r="F6" s="5">
         <v>38</v>
       </c>
       <c r="G6" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>262</v>
+        <v>271</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="5">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C7" s="5">
         <v>41</v>
       </c>
       <c r="D7" s="5">
         <v>0</v>
       </c>
       <c r="E7" s="5">
         <v>68</v>
       </c>
       <c r="F7" s="5">
         <v>26</v>
       </c>
       <c r="G7" s="14" t="s">
         <v>18</v>
       </c>
-      <c r="H7" s="5"/>
+      <c r="H7" s="5" t="s">
+        <v>272</v>
+      </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="5">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C8" s="5">
         <v>7</v>
       </c>
       <c r="D8" s="5">
         <v>16</v>
       </c>
       <c r="E8" s="5">
         <v>72</v>
       </c>
       <c r="F8" s="5">
         <v>20</v>
       </c>
       <c r="G8" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H8" s="5" t="s">
-        <v>263</v>
+        <v>273</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="5">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C9" s="5">
         <v>32</v>
       </c>
       <c r="D9" s="5">
         <v>16</v>
       </c>
       <c r="E9" s="5">
         <v>100</v>
       </c>
       <c r="F9" s="5">
         <v>12</v>
       </c>
       <c r="G9" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>264</v>
+        <v>274</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="5">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C10" s="5">
         <v>0</v>
       </c>
       <c r="D10" s="15"/>
       <c r="E10" s="5"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="5">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C11" s="5">
         <v>0</v>
       </c>
@@ -7173,658 +7223,662 @@
       <c r="E11" s="5"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="5">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C12" s="5">
         <v>37</v>
       </c>
       <c r="D12" s="5">
         <v>16</v>
       </c>
       <c r="E12" s="5">
         <v>81</v>
       </c>
       <c r="F12" s="5">
         <v>23</v>
       </c>
       <c r="G12" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>265</v>
+        <v>275</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="5">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C13" s="5">
         <v>16</v>
       </c>
       <c r="D13" s="5">
         <v>16</v>
       </c>
       <c r="E13" s="5">
         <v>91</v>
       </c>
       <c r="F13" s="5">
         <v>13</v>
       </c>
       <c r="G13" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>266</v>
+        <v>276</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="5">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C14" s="5">
         <v>38</v>
       </c>
       <c r="D14" s="5">
         <v>0</v>
       </c>
       <c r="E14" s="5">
         <v>74</v>
       </c>
       <c r="F14" s="5">
         <v>22</v>
       </c>
       <c r="G14" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>267</v>
+        <v>277</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="5">
         <v>12</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C15" s="5">
         <v>12</v>
       </c>
       <c r="D15" s="5">
         <v>16</v>
       </c>
       <c r="E15" s="5">
         <v>59</v>
       </c>
       <c r="F15" s="5">
         <v>27</v>
       </c>
       <c r="G15" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>268</v>
+        <v>278</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="5">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C16" s="5">
         <v>0</v>
       </c>
       <c r="D16" s="15"/>
       <c r="E16" s="5"/>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="5">
         <v>14</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C17" s="5">
         <v>20</v>
       </c>
       <c r="D17" s="5">
         <v>16</v>
       </c>
       <c r="E17" s="5">
         <v>68</v>
       </c>
       <c r="F17" s="5">
         <v>25</v>
       </c>
       <c r="G17" s="14" t="s">
         <v>18</v>
       </c>
-      <c r="H17" s="5"/>
+      <c r="H17" s="5" t="s">
+        <v>279</v>
+      </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="5">
         <v>15</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C18" s="5">
         <v>24</v>
       </c>
       <c r="D18" s="5">
         <v>16</v>
       </c>
       <c r="E18" s="5">
         <v>97</v>
       </c>
       <c r="F18" s="5">
         <v>12</v>
       </c>
       <c r="G18" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>269</v>
+        <v>280</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="5">
         <v>16</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C19" s="5">
         <v>26</v>
       </c>
       <c r="D19" s="5">
         <v>16</v>
       </c>
       <c r="E19" s="5">
         <v>86</v>
       </c>
       <c r="F19" s="5">
         <v>18</v>
       </c>
       <c r="G19" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>270</v>
+        <v>281</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="5">
         <v>17</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C20" s="5">
         <v>19</v>
       </c>
       <c r="D20" s="5">
         <v>16</v>
       </c>
       <c r="E20" s="5">
         <v>55</v>
       </c>
       <c r="F20" s="5">
         <v>31</v>
       </c>
       <c r="G20" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H20" s="5" t="s">
-        <v>271</v>
+        <v>282</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="5">
         <v>18</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C21" s="5">
         <v>31</v>
       </c>
       <c r="D21" s="5">
         <v>16</v>
       </c>
       <c r="E21" s="5">
         <v>72</v>
       </c>
       <c r="F21" s="5">
         <v>26</v>
       </c>
       <c r="G21" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H21" s="5" t="s">
-        <v>272</v>
+        <v>283</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="5">
         <v>19</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C22" s="5">
         <v>0</v>
       </c>
       <c r="D22" s="15"/>
       <c r="E22" s="5"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="5">
         <v>20</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C23" s="5">
         <v>0</v>
       </c>
       <c r="D23" s="15"/>
       <c r="E23" s="5"/>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="5">
         <v>21</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C24" s="5">
         <v>35</v>
       </c>
       <c r="D24" s="5">
         <v>16</v>
       </c>
       <c r="E24" s="5">
         <v>68</v>
       </c>
       <c r="F24" s="5">
         <v>29</v>
       </c>
       <c r="G24" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H24" s="5" t="s">
-        <v>273</v>
+        <v>284</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="5">
         <v>22</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C25" s="5">
         <v>9</v>
       </c>
       <c r="D25" s="5">
         <v>0</v>
       </c>
       <c r="E25" s="5">
         <v>44</v>
       </c>
       <c r="F25" s="5">
         <v>30</v>
       </c>
       <c r="G25" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>274</v>
+        <v>285</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="5">
         <v>23</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C26" s="5">
         <v>8</v>
       </c>
       <c r="D26" s="5">
         <v>16</v>
       </c>
       <c r="E26" s="5">
         <v>63</v>
       </c>
       <c r="F26" s="5">
         <v>25</v>
       </c>
       <c r="G26" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H26" s="5" t="s">
-        <v>275</v>
+        <v>286</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="5">
         <v>24</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C27" s="5">
         <v>0</v>
       </c>
       <c r="D27" s="15"/>
       <c r="E27" s="5"/>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="5">
         <v>25</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C28" s="5">
         <v>0</v>
       </c>
       <c r="D28" s="15"/>
       <c r="E28" s="5"/>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="5">
         <v>26</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C29" s="5">
         <v>10</v>
       </c>
       <c r="D29" s="5">
         <v>0</v>
       </c>
       <c r="E29" s="5">
         <v>68</v>
       </c>
       <c r="F29" s="5">
         <v>19</v>
       </c>
       <c r="G29" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H29" s="5" t="s">
-        <v>276</v>
+        <v>287</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="5">
         <v>27</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C30" s="5">
         <v>6</v>
       </c>
       <c r="D30" s="5">
         <v>16</v>
       </c>
       <c r="E30" s="5">
         <v>84</v>
       </c>
       <c r="F30" s="5">
         <v>14</v>
       </c>
       <c r="G30" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H30" s="5" t="s">
-        <v>277</v>
+        <v>288</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="5">
         <v>28</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C31" s="5">
         <v>2</v>
       </c>
       <c r="D31" s="5">
         <v>16</v>
       </c>
       <c r="E31" s="5">
         <v>63</v>
       </c>
       <c r="F31" s="5">
         <v>23</v>
       </c>
       <c r="G31" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H31" s="5" t="s">
-        <v>278</v>
+        <v>289</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="5">
         <v>29</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C32" s="5">
         <v>10</v>
       </c>
       <c r="D32" s="5">
         <v>31</v>
       </c>
       <c r="E32" s="5">
         <v>58</v>
       </c>
       <c r="F32" s="5">
         <v>31</v>
       </c>
       <c r="G32" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H32" s="5" t="s">
-        <v>279</v>
+        <v>290</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="5">
         <v>30</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C33" s="5">
         <v>45</v>
       </c>
       <c r="D33" s="5">
         <v>16</v>
       </c>
       <c r="E33" s="5">
         <v>57</v>
       </c>
       <c r="F33" s="5">
         <v>37</v>
       </c>
       <c r="G33" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H33" s="5" t="s">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="5">
         <v>31</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C34" s="5">
         <v>17</v>
       </c>
       <c r="D34" s="5">
         <v>15</v>
       </c>
       <c r="E34" s="5">
         <v>75</v>
       </c>
       <c r="F34" s="5">
         <v>21</v>
       </c>
       <c r="G34" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H34" s="5" t="s">
-        <v>281</v>
+        <v>292</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="5">
         <v>32</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C35" s="5">
         <v>16</v>
       </c>
       <c r="D35" s="5">
         <v>15</v>
       </c>
       <c r="E35" s="5">
         <v>71</v>
       </c>
       <c r="F35" s="5">
         <v>22</v>
       </c>
       <c r="G35" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H35" s="5" t="s">
-        <v>282</v>
+        <v>293</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="5">
         <v>33</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C36" s="5">
         <v>9</v>
       </c>
       <c r="D36" s="5">
         <v>16</v>
       </c>
       <c r="E36" s="5">
         <v>59</v>
       </c>
       <c r="F36" s="5">
         <v>27</v>
       </c>
       <c r="G36" s="14" t="s">
         <v>18</v>
       </c>
-      <c r="H36" s="5"/>
+      <c r="H36" s="5" t="s">
+        <v>294</v>
+      </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="5">
         <v>34</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C37" s="5">
         <v>37</v>
       </c>
       <c r="D37" s="5">
         <v>31</v>
       </c>
       <c r="E37" s="5">
         <v>50</v>
       </c>
       <c r="F37" s="5">
         <v>42</v>
       </c>
       <c r="G37" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H37" s="5" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="5">
         <v>35</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C38" s="5">
         <v>10</v>
       </c>
       <c r="D38" s="5">
         <v>16</v>
       </c>
       <c r="E38" s="5">
         <v>79</v>
       </c>
       <c r="F38" s="5">
         <v>17</v>
       </c>
       <c r="G38" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H38" s="5" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="5">
         <v>36</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5">
         <v>0</v>
       </c>
       <c r="D39" s="15"/>
       <c r="E39" s="5"/>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="5">
         <v>37</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C40" s="5">
         <v>8</v>
       </c>
@@ -7843,51 +7897,51 @@
       <c r="H40" s="5"/>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="5">
         <v>38</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C41" s="5">
         <v>33</v>
       </c>
       <c r="D41" s="5">
         <v>16</v>
       </c>
       <c r="E41" s="5">
         <v>82</v>
       </c>
       <c r="F41" s="5">
         <v>22</v>
       </c>
       <c r="G41" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H41" s="5" t="s">
-        <v>285</v>
+        <v>297</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z41"/>
   <sheetViews>
@@ -7905,77 +7959,77 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>286</v>
+        <v>298</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C3" s="11" t="s">
-        <v>217</v>
+        <v>224</v>
       </c>
       <c r="D3" s="11" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="E3" s="11" t="s">
-        <v>219</v>
+        <v>226</v>
       </c>
       <c r="F3" s="11" t="s">
-        <v>287</v>
+        <v>299</v>
       </c>
       <c r="G3" s="11" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="5">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="5">
         <v>0</v>
       </c>
       <c r="D4" s="15"/>
       <c r="E4" s="5"/>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="5">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="5">
         <v>0</v>
       </c>
@@ -8035,77 +8089,77 @@
       <c r="E9" s="5"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="5">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C10" s="5">
         <v>17</v>
       </c>
       <c r="D10" s="5">
         <v>0</v>
       </c>
       <c r="E10" s="5">
         <v>85</v>
       </c>
       <c r="F10" s="5">
         <v>11</v>
       </c>
       <c r="G10" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>288</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="5">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C11" s="5">
         <v>47</v>
       </c>
       <c r="D11" s="5">
         <v>12</v>
       </c>
       <c r="E11" s="5">
         <v>70</v>
       </c>
       <c r="F11" s="5">
         <v>28</v>
       </c>
       <c r="G11" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>289</v>
+        <v>301</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="5">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C12" s="5">
         <v>0</v>
       </c>
       <c r="D12" s="15"/>
       <c r="E12" s="5"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="5">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C13" s="5">
         <v>0</v>
       </c>
@@ -8139,441 +8193,441 @@
       <c r="E15" s="5"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="5">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C16" s="5">
         <v>22</v>
       </c>
       <c r="D16" s="5">
         <v>12</v>
       </c>
       <c r="E16" s="5">
         <v>55</v>
       </c>
       <c r="F16" s="5">
         <v>30</v>
       </c>
       <c r="G16" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>290</v>
+        <v>302</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="5">
         <v>14</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C17" s="5">
         <v>0</v>
       </c>
       <c r="D17" s="15"/>
       <c r="E17" s="5"/>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="5">
         <v>15</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C18" s="5">
         <v>0</v>
       </c>
       <c r="D18" s="15"/>
       <c r="E18" s="5"/>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="5">
         <v>16</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C19" s="5">
         <v>0</v>
       </c>
       <c r="D19" s="15"/>
       <c r="E19" s="5"/>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="5">
         <v>17</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C20" s="5">
         <v>0</v>
       </c>
       <c r="D20" s="15"/>
       <c r="E20" s="5"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="5">
         <v>18</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C21" s="5">
         <v>0</v>
       </c>
       <c r="D21" s="15"/>
       <c r="E21" s="5"/>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="5">
         <v>19</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C22" s="5">
         <v>12</v>
       </c>
       <c r="D22" s="5">
         <v>12</v>
       </c>
       <c r="E22" s="5">
         <v>85</v>
       </c>
       <c r="F22" s="5">
         <v>13</v>
       </c>
       <c r="G22" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H22" s="5" t="s">
-        <v>291</v>
+        <v>303</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="5">
         <v>20</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C23" s="5">
         <v>30</v>
       </c>
       <c r="D23" s="5">
         <v>12</v>
       </c>
       <c r="E23" s="5">
         <v>56</v>
       </c>
       <c r="F23" s="5">
         <v>32</v>
       </c>
       <c r="G23" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>292</v>
+        <v>304</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="5">
         <v>21</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C24" s="5">
         <v>0</v>
       </c>
       <c r="D24" s="15"/>
       <c r="E24" s="5"/>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="5">
         <v>22</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C25" s="5">
         <v>0</v>
       </c>
       <c r="D25" s="15"/>
       <c r="E25" s="5"/>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="5">
         <v>23</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C26" s="5">
         <v>0</v>
       </c>
       <c r="D26" s="15"/>
       <c r="E26" s="5"/>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="5">
         <v>24</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C27" s="5">
         <v>20</v>
       </c>
       <c r="D27" s="5">
         <v>12</v>
       </c>
       <c r="E27" s="5">
         <v>60</v>
       </c>
       <c r="F27" s="5">
         <v>28</v>
       </c>
       <c r="G27" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H27" s="5" t="s">
-        <v>293</v>
+        <v>305</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="5">
         <v>25</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C28" s="5">
         <v>19</v>
       </c>
       <c r="D28" s="5">
         <v>17</v>
       </c>
       <c r="E28" s="5">
         <v>42</v>
       </c>
       <c r="F28" s="5">
         <v>38</v>
       </c>
       <c r="G28" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H28" s="5" t="s">
-        <v>294</v>
+        <v>306</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="5">
         <v>26</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C29" s="5">
         <v>0</v>
       </c>
       <c r="D29" s="15"/>
       <c r="E29" s="5"/>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="5">
         <v>27</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C30" s="5">
         <v>0</v>
       </c>
       <c r="D30" s="15"/>
       <c r="E30" s="5"/>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="5">
         <v>28</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C31" s="5">
         <v>0</v>
       </c>
       <c r="D31" s="15"/>
       <c r="E31" s="5"/>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="5">
         <v>29</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C32" s="5">
         <v>0</v>
       </c>
       <c r="D32" s="15"/>
       <c r="E32" s="5"/>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="5">
         <v>30</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C33" s="5">
         <v>0</v>
       </c>
       <c r="D33" s="15"/>
       <c r="E33" s="5"/>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="5">
         <v>31</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C34" s="5">
         <v>0</v>
       </c>
       <c r="D34" s="15"/>
       <c r="E34" s="5"/>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="5">
         <v>32</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C35" s="5">
         <v>0</v>
       </c>
       <c r="D35" s="15"/>
       <c r="E35" s="5"/>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="5">
         <v>33</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C36" s="5">
         <v>0</v>
       </c>
       <c r="D36" s="15"/>
       <c r="E36" s="5"/>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="5">
         <v>34</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C37" s="5">
         <v>0</v>
       </c>
       <c r="D37" s="15"/>
       <c r="E37" s="5"/>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="5">
         <v>35</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C38" s="5">
         <v>0</v>
       </c>
       <c r="D38" s="15"/>
       <c r="E38" s="5"/>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="5">
         <v>36</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5">
         <v>25</v>
       </c>
       <c r="D39" s="5">
         <v>0</v>
       </c>
       <c r="E39" s="5">
         <v>59</v>
       </c>
       <c r="F39" s="5">
         <v>26</v>
       </c>
       <c r="G39" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H39" s="5" t="s">
-        <v>295</v>
+        <v>307</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="5">
         <v>37</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C40" s="5">
         <v>57</v>
       </c>
       <c r="D40" s="5">
         <v>27</v>
       </c>
       <c r="E40" s="5">
         <v>75</v>
       </c>
       <c r="F40" s="5">
         <v>32</v>
       </c>
       <c r="G40" s="14" t="s">
         <v>18</v>
       </c>
       <c r="H40" s="5" t="s">
-        <v>296</v>
+        <v>308</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="5">
         <v>38</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C41" s="5">
         <v>0</v>
       </c>
       <c r="D41" s="15"/>
       <c r="E41" s="5"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>