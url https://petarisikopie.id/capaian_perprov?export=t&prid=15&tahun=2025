--- v1 (2025-12-22)
+++ v2 (2026-03-12)
@@ -12,227 +12,230 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="KELENGKAPAN" sheetId="1" r:id="rId4"/>
     <sheet name="POLIO" sheetId="2" r:id="rId5"/>
     <sheet name="MERS" sheetId="3" r:id="rId6"/>
-    <sheet name="COVID-19" sheetId="4" r:id="rId7"/>
+    <sheet name="AVIAN INFLUENZA" sheetId="4" r:id="rId7"/>
     <sheet name="MENINGITIS MENINGOKOKUS" sheetId="5" r:id="rId8"/>
-    <sheet name="AVIAN INFLUENZA" sheetId="6" r:id="rId9"/>
+    <sheet name="COVID-19" sheetId="6" r:id="rId9"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="309">
   <si>
     <t>KELENGKAPAN LAPORAN PEMETAAN RISIKO TH 2025</t>
   </si>
   <si>
     <t>Resume Capaian Provinsi Jawa Timur</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kota/Kab</t>
   </si>
   <si>
     <t>POLIO</t>
   </si>
   <si>
     <t>MERS</t>
   </si>
   <si>
+    <t>AVIAN INFLUENZA</t>
+  </si>
+  <si>
+    <t>MENINGITIS MENINGOKOKUS</t>
+  </si>
+  <si>
     <t>COVID-19</t>
   </si>
   <si>
-    <t>MENINGITIS MENINGOKOKUS</t>
-[...4 lines deleted...]
-  <si>
     <t>Keterangan</t>
   </si>
   <si>
     <t>KLASIFIKASI RISIKO</t>
   </si>
   <si>
     <t>TANGGAL LAPOR</t>
   </si>
   <si>
     <t>TANGGAL UPLOAD</t>
   </si>
   <si>
     <t>Bangkalan</t>
   </si>
   <si>
     <t>SEDANG</t>
   </si>
   <si>
     <t>22 Jul 2025</t>
   </si>
   <si>
     <t>28 Jul 2025</t>
   </si>
   <si>
     <t>TINGGI</t>
   </si>
   <si>
+    <t>BELUM</t>
+  </si>
+  <si>
     <t>RENDAH</t>
   </si>
   <si>
     <t>24 Jul 2025</t>
   </si>
   <si>
+    <t>29 Jul 2025</t>
+  </si>
+  <si>
     <t>30 Jul 2025</t>
   </si>
   <si>
-    <t>29 Jul 2025</t>
-[...2 lines deleted...]
-    <t>BELUM</t>
+    <t>BELUM LAPOR/BELUM LENGKAP</t>
+  </si>
+  <si>
+    <t>Banyuwangi</t>
+  </si>
+  <si>
+    <t>10 Mar 2025</t>
+  </si>
+  <si>
+    <t>12 Mar 2025</t>
+  </si>
+  <si>
+    <t>05 Mar 2025</t>
+  </si>
+  <si>
+    <t>07 Mar 2025</t>
+  </si>
+  <si>
+    <t>07 Jul 2025</t>
+  </si>
+  <si>
+    <t>08 Jul 2025</t>
+  </si>
+  <si>
+    <t>Blitar</t>
+  </si>
+  <si>
+    <t>15 Jul 2025</t>
+  </si>
+  <si>
+    <t>05 Jun 2025</t>
+  </si>
+  <si>
+    <t>05 Aug 2025</t>
+  </si>
+  <si>
+    <t>22 Aug 2025</t>
+  </si>
+  <si>
+    <t>10 Jun 2025</t>
   </si>
   <si>
     <t>SUDAH LENGKAP</t>
   </si>
   <si>
-    <t>Banyuwangi</t>
-[...37 lines deleted...]
-  <si>
     <t>Bojonegoro</t>
   </si>
   <si>
     <t>14 Mar 2025</t>
   </si>
   <si>
     <t>20 Aug 2025</t>
   </si>
   <si>
+    <t>27 Mar 2025</t>
+  </si>
+  <si>
     <t>11 Mar 2025</t>
   </si>
   <si>
-    <t>27 Mar 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Bondowoso</t>
   </si>
   <si>
     <t>18 Mar 2025</t>
   </si>
   <si>
     <t>04 Aug 2025</t>
   </si>
   <si>
     <t>08 Mar 2025</t>
   </si>
   <si>
     <t>25 Mar 2025</t>
   </si>
   <si>
     <t>Gresik</t>
   </si>
   <si>
     <t>03 Jun 2025</t>
   </si>
   <si>
     <t>Jember</t>
   </si>
   <si>
     <t>02 Jul 2025</t>
   </si>
   <si>
     <t>18 Aug 2025</t>
   </si>
   <si>
+    <t>DRAFT</t>
+  </si>
+  <si>
+    <t>09 Nov 2025</t>
+  </si>
+  <si>
     <t>25 Jul 2025</t>
   </si>
   <si>
-    <t>09 Nov 2025</t>
-[...4 lines deleted...]
-  <si>
     <t>Jombang</t>
   </si>
   <si>
     <t>04 Mar 2025</t>
   </si>
   <si>
     <t>Kediri</t>
   </si>
   <si>
     <t>14 Aug 2025</t>
   </si>
   <si>
     <t>12 Sep 2025</t>
   </si>
   <si>
     <t>09 Oct 2025</t>
   </si>
   <si>
     <t>14 Oct 2025</t>
   </si>
   <si>
     <t>Kota Batu</t>
   </si>
   <si>
     <t>19 Mar 2025</t>
@@ -246,144 +249,141 @@
   <si>
     <t>Kota Blitar</t>
   </si>
   <si>
     <t>16 Jul 2025</t>
   </si>
   <si>
     <t>11 Jul 2025</t>
   </si>
   <si>
     <t>Kota Kediri</t>
   </si>
   <si>
     <t>09 Jul 2025</t>
   </si>
   <si>
     <t>Kota Madiun</t>
   </si>
   <si>
     <t>17 May 2025</t>
   </si>
   <si>
     <t>18 Jul 2025</t>
   </si>
   <si>
+    <t>14 Apr 2025</t>
+  </si>
+  <si>
     <t>23 Apr 2025</t>
   </si>
   <si>
-    <t>14 Apr 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Kota Malang</t>
   </si>
   <si>
     <t>20 Mar 2025</t>
   </si>
   <si>
     <t>21 Mar 2025</t>
   </si>
   <si>
+    <t>11 Aug 2025</t>
+  </si>
+  <si>
     <t>08 Aug 2025</t>
   </si>
   <si>
-    <t>11 Aug 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Kota Mojokerto</t>
   </si>
   <si>
     <t>Kota Pasuruan</t>
   </si>
   <si>
     <t>17 Mar 2025</t>
   </si>
   <si>
+    <t>13 Jun 2025</t>
+  </si>
+  <si>
     <t>30 Apr 2025</t>
   </si>
   <si>
-    <t>13 Jun 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Kota Probolinggo</t>
   </si>
   <si>
     <t>09 Dec 2025</t>
   </si>
   <si>
     <t>21 Jul 2025</t>
   </si>
   <si>
     <t>10 Dec 2025</t>
   </si>
   <si>
     <t>06 Aug 2025</t>
   </si>
   <si>
     <t>Kota Surabaya</t>
   </si>
   <si>
     <t>17 Apr 2025</t>
   </si>
   <si>
     <t>Lamongan</t>
   </si>
   <si>
     <t>Lumajang</t>
   </si>
   <si>
     <t>Madiun</t>
   </si>
   <si>
     <t>26 Mar 2025</t>
   </si>
   <si>
     <t>10 Apr 2025</t>
   </si>
   <si>
     <t>Magetan</t>
   </si>
   <si>
     <t>Malang</t>
   </si>
   <si>
+    <t>08 Sep 2025</t>
+  </si>
+  <si>
     <t>12 Jun 2025</t>
   </si>
   <si>
-    <t>08 Sep 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Mojokerto</t>
   </si>
   <si>
     <t>01 Jun 2025</t>
   </si>
   <si>
     <t>03 Aug 2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>REVISI KE 1</t>
   </si>
   <si>
     <t>Nganjuk</t>
   </si>
   <si>
     <t>Ngawi</t>
   </si>
   <si>
     <t>14 Jul 2025</t>
   </si>
   <si>
     <t>Pacitan</t>
   </si>
   <si>
     <t>11 Jun 2025</t>
   </si>
   <si>
     <t>Pamekasan</t>
   </si>
   <si>
     <t>Pasuruan</t>
   </si>
   <si>
     <t>Ponorogo</t>
   </si>
@@ -703,185 +703,98 @@
   <si>
     <t>MERS2025_Situbondo.pdf</t>
   </si>
   <si>
     <t>MERS2025_Sumenep.pdf</t>
   </si>
   <si>
     <t>MERS2025_Trenggalek.pdf</t>
   </si>
   <si>
     <t>MERS2025_Tuban.pdf</t>
   </si>
   <si>
     <t>MERS2025_Tulungagung.pdf</t>
   </si>
   <si>
     <t>MERS2025_Blitar.pdf</t>
   </si>
   <si>
     <t>MERS2025_Bojonegoro.pdf</t>
   </si>
   <si>
     <t>MERS2025_Bondowoso.pdf</t>
   </si>
   <si>
-    <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI COVID-19 2025</t>
+    <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI AVIAN INFLUENZA 2025</t>
   </si>
   <si>
     <t>INDEKS ANCAMAN
 (MAX 0)</t>
   </si>
   <si>
     <t>INDEKS KERENTANAN
 (MAX 0)</t>
   </si>
   <si>
     <t>INDEKS KAPASITAS
 (MIN 0)</t>
   </si>
   <si>
     <t>INDEKS RISIKO
-(MAX 45)</t>
+(MAX 38)</t>
   </si>
   <si>
     <t>KLASIFIKASI RISIKO
 (Rata-Rata RENDAH)</t>
   </si>
   <si>
-    <t>COVID-192025_Bangkalan.pdf</t>
-[...110 lines deleted...]
-    <t>COVID-192025_Bondowoso.pdf</t>
+    <t>AVIAN_INFLUENZA2025_Kota_Batu.pdf</t>
+  </si>
+  <si>
+    <t>AVIAN_INFLUENZA2025_Kota_Blitar.docx</t>
+  </si>
+  <si>
+    <t>AVIAN_INFLUENZA2025_Kota_Pasuruan.pdf</t>
+  </si>
+  <si>
+    <t>AVIAN_INFLUENZA2025_Magetan.pdf</t>
+  </si>
+  <si>
+    <t>AVIAN_INFLUENZA2025_Malang.pdf</t>
+  </si>
+  <si>
+    <t>AVIAN_INFLUENZA2025_Pacitan.pdf</t>
+  </si>
+  <si>
+    <t>AVIAN_INFLUENZA2025_Pamekasan.pdf</t>
+  </si>
+  <si>
+    <t>AVIAN_INFLUENZA2025_Blitar.pdf</t>
+  </si>
+  <si>
+    <t>AVIAN_INFLUENZA2025_Bojonegoro.pdf</t>
   </si>
   <si>
     <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI MENINGITIS MENINGOKOKUS 2025</t>
   </si>
   <si>
     <t>INDEKS RISIKO
 (MAX 42)</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Bangkalan.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Banyuwangi.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Gresik.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Jember.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Jombang.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Kediri.pdf</t>
@@ -934,82 +847,169 @@
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Sampang.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Sidoarjo.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Situbondo.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Sumenep.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Trenggalek.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Tuban.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Tulungagung.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Bondowoso.pdf</t>
   </si>
   <si>
-    <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI AVIAN INFLUENZA 2025</t>
+    <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI COVID-19 2025</t>
   </si>
   <si>
     <t>INDEKS RISIKO
-(MAX 38)</t>
-[...26 lines deleted...]
-    <t>AVIAN_INFLUENZA2025_Bojonegoro.pdf</t>
+(MAX 45)</t>
+  </si>
+  <si>
+    <t>COVID-192025_Bangkalan.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Banyuwangi.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Gresik.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Jember.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Jombang.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Kediri.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Kota_Batu.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Kota_Blitar.docx</t>
+  </si>
+  <si>
+    <t>COVID-192025_Kota_Kediri.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Kota_Madiun.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Kota_Malang.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Kota_Mojokerto.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Kota_Pasuruan.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Kota_Probolinggo.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Kota_Surabaya.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Lamongan.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Lumajang.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Madiun.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Magetan.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Malang.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Mojokerto.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Nganjuk.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Ngawi.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Pacitan.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Pamekasan.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Pasuruan.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Ponorogo.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Probolinggo.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Sampang.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Sidoarjo.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Situbondo.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Sumenep.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Trenggalek.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Tuban.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Tulungagung.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Blitar.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Bojonegoro.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Bondowoso.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="24"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1457,51 +1457,51 @@
   <dimension ref="A1:Z43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B43" sqref="B43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4.5703" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995" bestFit="true" customWidth="true" style="10"/>
     <col min="3" max="3" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="17.567" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="9" t="s">
@@ -1589,2148 +1589,2148 @@
     <row r="6" spans="1:26">
       <c r="A6" s="3">
         <v>1</v>
       </c>
       <c r="B6" s="9" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F6" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G6" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="I6" s="7" t="s">
+      <c r="I6" s="5" t="s">
         <v>18</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K6" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="L6" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="M6" s="5" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
       <c r="N6" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="O6" s="5" t="s">
-        <v>22</v>
+      <c r="O6" s="7" t="s">
+        <v>19</v>
       </c>
       <c r="P6" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="Q6" s="5" t="s">
         <v>22</v>
       </c>
       <c r="R6" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="3">
         <v>2</v>
       </c>
       <c r="B7" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>26</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G7" s="5" t="s">
         <v>27</v>
       </c>
       <c r="H7" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="I7" s="7" t="s">
+      <c r="I7" s="5" t="s">
         <v>18</v>
       </c>
       <c r="J7" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K7" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="L7" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="M7" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="N7" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="O7" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="P7" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="K7" s="5" t="s">
-[...8 lines deleted...]
-      <c r="N7" s="5" t="s">
+      <c r="Q7" s="5" t="s">
         <v>30</v>
-      </c>
-[...7 lines deleted...]
-        <v>22</v>
       </c>
       <c r="R7" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="3">
         <v>3</v>
       </c>
       <c r="B8" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>26</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>32</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G8" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H8" s="5" t="s">
         <v>32</v>
       </c>
       <c r="I8" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="J8" s="5" t="s">
         <v>34</v>
       </c>
       <c r="K8" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="L8" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="M8" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N8" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O8" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="P8" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q8" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="L8" s="5" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="R8" s="8" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="3">
         <v>4</v>
       </c>
       <c r="B9" s="9" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G9" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H9" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="I9" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K9" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="L9" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="M9" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="I9" s="7" t="s">
-[...2 lines deleted...]
-      <c r="J9" s="5" t="s">
+      <c r="N9" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O9" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="P9" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q9" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="K9" s="5" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="R9" s="8" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="3">
         <v>5</v>
       </c>
       <c r="B10" s="9" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F10" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G10" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="H10" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="H10" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I10" s="7" t="s">
+      <c r="I10" s="5" t="s">
         <v>18</v>
       </c>
       <c r="J10" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K10" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="L10" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="M10" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="K10" s="5" t="s">
-[...5 lines deleted...]
-      <c r="M10" s="5" t="s">
+      <c r="N10" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="N10" s="5" t="s">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="O10" s="7" t="s">
+        <v>19</v>
       </c>
       <c r="P10" s="5" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="Q10" s="5" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="R10" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="3">
         <v>6</v>
       </c>
       <c r="B11" s="9" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>26</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="I11" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="I11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="L11" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M11" s="5" t="s">
         <v>26</v>
       </c>
       <c r="N11" s="5" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>49</v>
+      </c>
+      <c r="O11" s="7" t="s">
+        <v>19</v>
       </c>
       <c r="P11" s="5" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="Q11" s="5" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="R11" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="3">
         <v>7</v>
       </c>
       <c r="B12" s="9" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F12" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>52</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>53</v>
       </c>
       <c r="J12" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K12" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="L12" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="M12" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="N12" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="O12" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="P12" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="Q12" s="5" t="s">
         <v>52</v>
-      </c>
-[...19 lines deleted...]
-        <v>22</v>
       </c>
       <c r="R12" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="3">
         <v>8</v>
       </c>
       <c r="B13" s="9" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E13" s="5" t="s">
         <v>21</v>
       </c>
       <c r="F13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H13" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="I13" s="7" t="s">
-        <v>18</v>
+      <c r="I13" s="5" t="s">
+        <v>53</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="L13" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N13" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="O13" s="5" t="s">
-        <v>54</v>
+      <c r="O13" s="7" t="s">
+        <v>19</v>
       </c>
       <c r="P13" s="5" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="Q13" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="R13" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="3">
         <v>9</v>
       </c>
       <c r="B14" s="9" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F14" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="I14" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="I14" s="5" t="s">
         <v>18</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="K14" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="L14" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="M14" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="L14" s="7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N14" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="O14" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="P14" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="O14" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q14" s="5" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="R14" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="3">
         <v>10</v>
       </c>
       <c r="B15" s="9" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E15" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="F15" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H15" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="I15" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="J15" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K15" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="L15" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="M15" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N15" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O15" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="P15" s="5" t="s">
         <v>64</v>
       </c>
-      <c r="F15" s="4" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="Q15" s="5" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="R15" s="8" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="3">
         <v>11</v>
       </c>
       <c r="B16" s="9" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G16" s="5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H16" s="5" t="s">
         <v>32</v>
       </c>
       <c r="I16" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="L16" s="5" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="N16" s="5" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="O16" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="P16" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q16" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="Q16" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R16" s="8" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="3">
         <v>12</v>
       </c>
       <c r="B17" s="9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G17" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H17" s="5" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="I17" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="I17" s="5" t="s">
         <v>18</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>70</v>
+        <v>18</v>
       </c>
       <c r="L17" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="N17" s="5" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>71</v>
+      </c>
+      <c r="O17" s="7" t="s">
+        <v>19</v>
       </c>
       <c r="P17" s="5" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="Q17" s="5" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="R17" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="3">
         <v>13</v>
       </c>
       <c r="B18" s="9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E18" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="F18" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18" s="5" t="s">
         <v>73</v>
       </c>
-      <c r="F18" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H18" s="5" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="I18" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="I18" s="5" t="s">
         <v>18</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>73</v>
+        <v>18</v>
       </c>
       <c r="L18" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M18" s="5" t="s">
         <v>75</v>
       </c>
       <c r="N18" s="5" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>74</v>
+      </c>
+      <c r="O18" s="7" t="s">
+        <v>19</v>
       </c>
       <c r="P18" s="5" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="Q18" s="5" t="s">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="R18" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="3">
         <v>14</v>
       </c>
       <c r="B19" s="9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="5" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="I19" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="I19" s="5" t="s">
         <v>18</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>78</v>
+        <v>18</v>
       </c>
       <c r="K19" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="L19" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="M19" s="5" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
       <c r="N19" s="5" t="s">
         <v>80</v>
       </c>
-      <c r="O19" s="5" t="s">
-        <v>22</v>
+      <c r="O19" s="7" t="s">
+        <v>19</v>
       </c>
       <c r="P19" s="5" t="s">
-        <v>22</v>
+        <v>79</v>
       </c>
       <c r="Q19" s="5" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="R19" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="3">
         <v>15</v>
       </c>
       <c r="B20" s="9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E20" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G20" s="5" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="H20" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="I20" s="7" t="s">
+      <c r="I20" s="5" t="s">
         <v>18</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="L20" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="N20" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="O20" s="5" t="s">
-        <v>22</v>
+      <c r="O20" s="7" t="s">
+        <v>19</v>
       </c>
       <c r="P20" s="5" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="Q20" s="5" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="R20" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="3">
         <v>16</v>
       </c>
       <c r="B21" s="9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G21" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H21" s="5" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="I21" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="J21" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K21" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="L21" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="M21" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N21" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O21" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="P21" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="K21" s="5" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="Q21" s="5" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="R21" s="8" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="3">
         <v>17</v>
       </c>
       <c r="B22" s="9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G22" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="H22" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="J22" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K22" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="L22" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="M22" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="N22" s="5" t="s">
         <v>88</v>
       </c>
-      <c r="H22" s="5" t="s">
-[...21 lines deleted...]
-        <v>22</v>
+      <c r="O22" s="7" t="s">
+        <v>19</v>
       </c>
       <c r="P22" s="5" t="s">
-        <v>22</v>
+        <v>91</v>
       </c>
       <c r="Q22" s="5" t="s">
-        <v>22</v>
+        <v>88</v>
       </c>
       <c r="R22" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="3">
         <v>18</v>
       </c>
       <c r="B23" s="9" t="s">
+        <v>92</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="E23" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="C23" s="7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G23" s="5" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="I23" s="7" t="s">
+        <v>91</v>
+      </c>
+      <c r="I23" s="5" t="s">
         <v>18</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>84</v>
+        <v>18</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>90</v>
+        <v>18</v>
       </c>
       <c r="L23" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="N23" s="5" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>91</v>
+      </c>
+      <c r="O23" s="7" t="s">
+        <v>19</v>
       </c>
       <c r="P23" s="5" t="s">
-        <v>22</v>
+        <v>86</v>
       </c>
       <c r="Q23" s="5" t="s">
-        <v>22</v>
+        <v>91</v>
       </c>
       <c r="R23" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="3">
         <v>19</v>
       </c>
       <c r="B24" s="9" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E24" s="5" t="s">
         <v>32</v>
       </c>
       <c r="F24" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H24" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="I24" s="7" t="s">
+      <c r="I24" s="5" t="s">
         <v>18</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="L24" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="N24" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="O24" s="5" t="s">
-        <v>22</v>
+      <c r="O24" s="7" t="s">
+        <v>19</v>
       </c>
       <c r="P24" s="5" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="Q24" s="5" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="R24" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="3">
         <v>20</v>
       </c>
       <c r="B25" s="9" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C25" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F25" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="I25" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="I25" s="5" t="s">
         <v>18</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="L25" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N25" s="5" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>36</v>
+      </c>
+      <c r="O25" s="7" t="s">
+        <v>19</v>
       </c>
       <c r="P25" s="5" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="Q25" s="5" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="R25" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="3">
         <v>21</v>
       </c>
       <c r="B26" s="9" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H26" s="5" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>97</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="L26" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="N26" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="O26" s="5" t="s">
-        <v>22</v>
+      <c r="O26" s="4" t="s">
+        <v>14</v>
       </c>
       <c r="P26" s="5" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="Q26" s="5" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="R26" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="3">
         <v>22</v>
       </c>
       <c r="B27" s="9" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G27" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H27" s="5" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="I27" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="J27" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K27" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="L27" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="M27" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N27" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O27" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="P27" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="K27" s="5" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="Q27" s="5" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="R27" s="8" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="3">
         <v>23</v>
       </c>
       <c r="B28" s="9" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="E28" s="5" t="s">
         <v>32</v>
       </c>
       <c r="F28" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="5" t="s">
         <v>27</v>
       </c>
       <c r="H28" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="I28" s="4" t="s">
-        <v>14</v>
+      <c r="I28" s="7" t="s">
+        <v>19</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>100</v>
+        <v>34</v>
       </c>
       <c r="K28" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="L28" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M28" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N28" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O28" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="P28" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="Q28" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="L28" s="5" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="R28" s="8" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="3">
         <v>24</v>
       </c>
       <c r="B29" s="9" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F29" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H29" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="I29" s="7" t="s">
-        <v>18</v>
+      <c r="I29" s="5" t="s">
+        <v>53</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>104</v>
+        <v>18</v>
       </c>
       <c r="L29" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M29" s="5" t="s">
         <v>25</v>
       </c>
       <c r="N29" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="O29" s="5" t="s">
+      <c r="O29" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="P29" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q29" s="5" t="s">
         <v>105</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
       <c r="R29" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="3">
         <v>25</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>106</v>
       </c>
       <c r="C30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E30" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H30" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="I30" s="7" t="s">
+      <c r="I30" s="5" t="s">
         <v>18</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="L30" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="N30" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="O30" s="5" t="s">
-        <v>22</v>
+      <c r="O30" s="7" t="s">
+        <v>19</v>
       </c>
       <c r="P30" s="5" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="Q30" s="5" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="R30" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="3">
         <v>26</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>107</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E31" s="5" t="s">
         <v>108</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="5" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H31" s="5" t="s">
         <v>108</v>
       </c>
-      <c r="I31" s="7" t="s">
+      <c r="I31" s="5" t="s">
         <v>18</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>103</v>
+        <v>18</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="L31" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="N31" s="5" t="s">
         <v>108</v>
       </c>
-      <c r="O31" s="5" t="s">
-        <v>22</v>
+      <c r="O31" s="7" t="s">
+        <v>19</v>
       </c>
       <c r="P31" s="5" t="s">
-        <v>22</v>
+        <v>104</v>
       </c>
       <c r="Q31" s="5" t="s">
-        <v>22</v>
+        <v>108</v>
       </c>
       <c r="R31" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="3">
         <v>27</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>109</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D32" s="5" t="s">
         <v>110</v>
       </c>
       <c r="E32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G32" s="5" t="s">
         <v>110</v>
       </c>
       <c r="H32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>110</v>
+        <v>30</v>
       </c>
       <c r="K32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="L32" s="5" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="N32" s="5" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="O32" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="P32" s="5" t="s">
-        <v>28</v>
+        <v>110</v>
       </c>
       <c r="Q32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="R32" s="8" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="3">
         <v>28</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>111</v>
       </c>
       <c r="C33" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F33" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H33" s="5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I33" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="L33" s="5" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="N33" s="5" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="O33" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="P33" s="5" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="Q33" s="5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="R33" s="8" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="3">
         <v>29</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>112</v>
       </c>
       <c r="C34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E34" s="5" t="s">
         <v>32</v>
       </c>
       <c r="F34" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G34" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H34" s="5" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="I34" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="I34" s="5" t="s">
         <v>18</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="K34" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="L34" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="M34" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="N34" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="O34" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="P34" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q34" s="5" t="s">
         <v>32</v>
-      </c>
-[...16 lines deleted...]
-        <v>22</v>
       </c>
       <c r="R34" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="3">
         <v>30</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>113</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H35" s="5" t="s">
         <v>114</v>
       </c>
-      <c r="I35" s="7" t="s">
+      <c r="I35" s="5" t="s">
         <v>18</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="K35" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="L35" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="M35" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="N35" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="O35" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="P35" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q35" s="5" t="s">
         <v>115</v>
-      </c>
-[...16 lines deleted...]
-        <v>22</v>
       </c>
       <c r="R35" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="3">
         <v>31</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>116</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F36" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="5" t="s">
         <v>117</v>
       </c>
       <c r="H36" s="5" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>68</v>
+      </c>
+      <c r="I36" s="5" t="s">
+        <v>53</v>
       </c>
       <c r="J36" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K36" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="L36" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="M36" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="N36" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O36" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="P36" s="5" t="s">
         <v>117</v>
       </c>
-      <c r="K36" s="5" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="Q36" s="5" t="s">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="R36" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="3">
         <v>32</v>
       </c>
       <c r="B37" s="9" t="s">
         <v>118</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E37" s="5" t="s">
         <v>119</v>
       </c>
       <c r="F37" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="5" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="H37" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="I37" s="7" t="s">
+      <c r="I37" s="5" t="s">
         <v>18</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>119</v>
+        <v>18</v>
       </c>
       <c r="L37" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="N37" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="O37" s="5" t="s">
-        <v>22</v>
+      <c r="O37" s="7" t="s">
+        <v>19</v>
       </c>
       <c r="P37" s="5" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="Q37" s="5" t="s">
-        <v>22</v>
+        <v>119</v>
       </c>
       <c r="R37" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="3">
         <v>33</v>
       </c>
       <c r="B38" s="9" t="s">
         <v>120</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="F38" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G38" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="H38" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="H38" s="5" t="s">
-[...3 lines deleted...]
-        <v>14</v>
+      <c r="I38" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>78</v>
+        <v>18</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="L38" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="N38" s="5" t="s">
         <v>121</v>
       </c>
-      <c r="O38" s="5" t="s">
-        <v>22</v>
+      <c r="O38" s="4" t="s">
+        <v>14</v>
       </c>
       <c r="P38" s="5" t="s">
-        <v>22</v>
+        <v>79</v>
       </c>
       <c r="Q38" s="5" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="R38" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="3">
         <v>34</v>
       </c>
       <c r="B39" s="9" t="s">
         <v>122</v>
       </c>
       <c r="C39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>26</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G39" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H39" s="5" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="I39" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="I39" s="5" t="s">
         <v>18</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="L39" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="N39" s="5" t="s">
         <v>108</v>
       </c>
-      <c r="O39" s="5" t="s">
-        <v>22</v>
+      <c r="O39" s="7" t="s">
+        <v>19</v>
       </c>
       <c r="P39" s="5" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="Q39" s="5" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="R39" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="3">
         <v>35</v>
       </c>
       <c r="B40" s="9" t="s">
         <v>123</v>
       </c>
       <c r="C40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>32</v>
       </c>
       <c r="E40" s="5" t="s">
         <v>124</v>
       </c>
       <c r="F40" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G40" s="5" t="s">
         <v>110</v>
       </c>
       <c r="H40" s="5" t="s">
         <v>124</v>
       </c>
-      <c r="I40" s="7" t="s">
+      <c r="I40" s="5" t="s">
         <v>18</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>125</v>
+        <v>18</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>124</v>
+        <v>18</v>
       </c>
       <c r="L40" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M40" s="5" t="s">
         <v>125</v>
       </c>
       <c r="N40" s="5" t="s">
         <v>124</v>
       </c>
-      <c r="O40" s="5" t="s">
-        <v>22</v>
+      <c r="O40" s="7" t="s">
+        <v>19</v>
       </c>
       <c r="P40" s="5" t="s">
-        <v>22</v>
+        <v>125</v>
       </c>
       <c r="Q40" s="5" t="s">
-        <v>22</v>
+        <v>124</v>
       </c>
       <c r="R40" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="3">
         <v>36</v>
       </c>
       <c r="B41" s="9" t="s">
         <v>126</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>127</v>
       </c>
       <c r="E41" s="5" t="s">
         <v>128</v>
       </c>
       <c r="F41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G41" s="5" t="s">
         <v>129</v>
       </c>
       <c r="H41" s="5" t="s">
         <v>128</v>
       </c>
-      <c r="I41" s="7" t="s">
+      <c r="I41" s="5" t="s">
         <v>18</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>127</v>
+        <v>18</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="L41" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M41" s="5" t="s">
         <v>127</v>
       </c>
       <c r="N41" s="5" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>54</v>
+      </c>
+      <c r="O41" s="7" t="s">
+        <v>19</v>
       </c>
       <c r="P41" s="5" t="s">
-        <v>22</v>
+        <v>127</v>
       </c>
       <c r="Q41" s="5" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="R41" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="3">
         <v>37</v>
       </c>
       <c r="B42" s="9" t="s">
         <v>130</v>
       </c>
       <c r="C42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E42" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F42" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="5" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H42" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="I42" s="7" t="s">
+      <c r="I42" s="5" t="s">
         <v>18</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>131</v>
+        <v>18</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="L42" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M42" s="5" t="s">
         <v>15</v>
       </c>
       <c r="N42" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="O42" s="5" t="s">
-        <v>22</v>
+      <c r="O42" s="7" t="s">
+        <v>19</v>
       </c>
       <c r="P42" s="5" t="s">
-        <v>22</v>
+        <v>131</v>
       </c>
       <c r="Q42" s="5" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="R42" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="3">
         <v>38</v>
       </c>
       <c r="B43" s="9" t="s">
         <v>132</v>
       </c>
       <c r="C43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="5" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H43" s="5" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="I43" s="7" t="s">
+        <v>55</v>
+      </c>
+      <c r="I43" s="5" t="s">
         <v>18</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>78</v>
+        <v>18</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="L43" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M43" s="5" t="s">
         <v>26</v>
       </c>
       <c r="N43" s="5" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>55</v>
+      </c>
+      <c r="O43" s="7" t="s">
+        <v>19</v>
       </c>
       <c r="P43" s="5" t="s">
-        <v>22</v>
+        <v>79</v>
       </c>
       <c r="Q43" s="5" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="R43" s="8" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:E4"/>
     <mergeCell ref="F4:H4"/>
     <mergeCell ref="I4:K4"/>
     <mergeCell ref="L4:N4"/>
     <mergeCell ref="O4:Q4"/>
     <mergeCell ref="R4:R5"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -3847,519 +3847,519 @@
       </c>
       <c r="C5" s="5">
         <v>28</v>
       </c>
       <c r="D5" s="5">
         <v>25</v>
       </c>
       <c r="E5" s="5">
         <v>67</v>
       </c>
       <c r="F5" s="5">
         <v>11</v>
       </c>
       <c r="G5" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H5" s="5" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="5">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C6" s="5">
         <v>33</v>
       </c>
       <c r="D6" s="5">
         <v>23</v>
       </c>
       <c r="E6" s="5">
         <v>25</v>
       </c>
       <c r="F6" s="5">
         <v>30</v>
       </c>
       <c r="G6" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="5">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C7" s="5">
         <v>29</v>
       </c>
       <c r="D7" s="5">
         <v>25</v>
       </c>
       <c r="E7" s="5">
         <v>56</v>
       </c>
       <c r="F7" s="5">
         <v>13</v>
       </c>
       <c r="G7" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H7" s="5" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="5">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C8" s="5">
         <v>28</v>
       </c>
       <c r="D8" s="5">
         <v>25</v>
       </c>
       <c r="E8" s="5">
         <v>36</v>
       </c>
       <c r="F8" s="5">
         <v>20</v>
       </c>
       <c r="G8" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="5" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="5">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C9" s="5">
         <v>28</v>
       </c>
       <c r="D9" s="5">
         <v>23</v>
       </c>
       <c r="E9" s="5">
         <v>70</v>
       </c>
       <c r="F9" s="5">
         <v>9</v>
       </c>
       <c r="G9" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="5" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="5">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C10" s="5">
         <v>28</v>
       </c>
       <c r="D10" s="5">
         <v>22</v>
       </c>
       <c r="E10" s="5">
         <v>34</v>
       </c>
       <c r="F10" s="5">
         <v>18</v>
       </c>
       <c r="G10" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H10" s="5" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="5">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C11" s="5">
         <v>28</v>
       </c>
       <c r="D11" s="5">
         <v>21</v>
       </c>
       <c r="E11" s="5">
         <v>61</v>
       </c>
       <c r="F11" s="5">
         <v>9</v>
       </c>
       <c r="G11" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H11" s="5" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="5">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C12" s="5">
         <v>28</v>
       </c>
       <c r="D12" s="5">
         <v>21</v>
       </c>
       <c r="E12" s="5">
         <v>60</v>
       </c>
       <c r="F12" s="5">
         <v>10</v>
       </c>
       <c r="G12" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H12" s="5" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="5">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C13" s="5">
         <v>29</v>
       </c>
       <c r="D13" s="5">
         <v>21</v>
       </c>
       <c r="E13" s="5">
         <v>43</v>
       </c>
       <c r="F13" s="5">
         <v>14</v>
       </c>
       <c r="G13" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H13" s="5" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="5">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C14" s="5">
         <v>40</v>
       </c>
       <c r="D14" s="5">
         <v>21</v>
       </c>
       <c r="E14" s="5">
         <v>43</v>
       </c>
       <c r="F14" s="5">
         <v>19</v>
       </c>
       <c r="G14" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H14" s="5" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="5">
         <v>12</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C15" s="5">
         <v>28</v>
       </c>
       <c r="D15" s="5">
         <v>21</v>
       </c>
       <c r="E15" s="5">
         <v>46</v>
       </c>
       <c r="F15" s="5">
         <v>13</v>
       </c>
       <c r="G15" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H15" s="5" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="5">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C16" s="5">
         <v>28</v>
       </c>
       <c r="D16" s="5">
         <v>25</v>
       </c>
       <c r="E16" s="5">
         <v>54</v>
       </c>
       <c r="F16" s="5">
         <v>13</v>
       </c>
       <c r="G16" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="5" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="5">
         <v>14</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C17" s="5">
         <v>28</v>
       </c>
       <c r="D17" s="5">
         <v>21</v>
       </c>
       <c r="E17" s="5">
         <v>37</v>
       </c>
       <c r="F17" s="5">
         <v>16</v>
       </c>
       <c r="G17" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H17" s="5" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="5">
         <v>15</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C18" s="5">
         <v>35</v>
       </c>
       <c r="D18" s="5">
         <v>21</v>
       </c>
       <c r="E18" s="5">
         <v>93</v>
       </c>
       <c r="F18" s="5">
         <v>8</v>
       </c>
       <c r="G18" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H18" s="5" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="5">
         <v>16</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C19" s="5">
         <v>28</v>
       </c>
       <c r="D19" s="5">
         <v>44</v>
       </c>
       <c r="E19" s="5">
         <v>63</v>
       </c>
       <c r="F19" s="5">
         <v>20</v>
       </c>
       <c r="G19" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H19" s="5" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="5">
         <v>17</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C20" s="5">
         <v>28</v>
       </c>
       <c r="D20" s="5">
         <v>23</v>
       </c>
       <c r="E20" s="5">
         <v>29</v>
       </c>
       <c r="F20" s="5">
         <v>22</v>
       </c>
       <c r="G20" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="5" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="5">
         <v>18</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C21" s="5">
         <v>28</v>
       </c>
       <c r="D21" s="5">
         <v>25</v>
       </c>
       <c r="E21" s="5">
         <v>47</v>
       </c>
       <c r="F21" s="5">
         <v>15</v>
       </c>
       <c r="G21" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H21" s="5" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="5">
         <v>19</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C22" s="5">
         <v>28</v>
       </c>
       <c r="D22" s="5">
         <v>25</v>
       </c>
       <c r="E22" s="5">
         <v>82</v>
       </c>
       <c r="F22" s="5">
         <v>9</v>
       </c>
       <c r="G22" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H22" s="5" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="5">
         <v>20</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C23" s="5">
         <v>28</v>
       </c>
       <c r="D23" s="5">
         <v>21</v>
       </c>
       <c r="E23" s="5">
         <v>50</v>
       </c>
       <c r="F23" s="5">
         <v>12</v>
       </c>
       <c r="G23" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H23" s="5" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="5">
         <v>21</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C24" s="5">
         <v>28</v>
       </c>
       <c r="D24" s="5">
         <v>23</v>
       </c>
       <c r="E24" s="5">
         <v>41</v>
       </c>
       <c r="F24" s="5">
         <v>16</v>
       </c>
       <c r="G24" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H24" s="5" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="5">
         <v>22</v>
       </c>
       <c r="B25" s="3" t="s">
@@ -4731,77 +4731,77 @@
       </c>
       <c r="C39" s="5">
         <v>28</v>
       </c>
       <c r="D39" s="5">
         <v>25</v>
       </c>
       <c r="E39" s="5">
         <v>39</v>
       </c>
       <c r="F39" s="5">
         <v>18</v>
       </c>
       <c r="G39" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H39" s="5" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="5">
         <v>37</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C40" s="5">
         <v>28</v>
       </c>
       <c r="D40" s="5">
         <v>23</v>
       </c>
       <c r="E40" s="5">
         <v>24</v>
       </c>
       <c r="F40" s="5">
         <v>27</v>
       </c>
       <c r="G40" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H40" s="5" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="5">
         <v>38</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C41" s="5">
         <v>28</v>
       </c>
       <c r="D41" s="5">
         <v>25</v>
       </c>
       <c r="E41" s="5">
         <v>35</v>
       </c>
       <c r="F41" s="5">
         <v>20</v>
       </c>
       <c r="G41" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H41" s="5" t="s">
         <v>178</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
@@ -4923,519 +4923,519 @@
       </c>
       <c r="C5" s="5">
         <v>74</v>
       </c>
       <c r="D5" s="5">
         <v>100</v>
       </c>
       <c r="E5" s="5">
         <v>41</v>
       </c>
       <c r="F5" s="5">
         <v>182</v>
       </c>
       <c r="G5" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="5" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="5">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C6" s="5">
         <v>74</v>
       </c>
       <c r="D6" s="5">
         <v>100</v>
       </c>
       <c r="E6" s="5">
         <v>24</v>
       </c>
       <c r="F6" s="5">
         <v>310</v>
       </c>
       <c r="G6" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="5">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C7" s="5">
         <v>74</v>
       </c>
       <c r="D7" s="5">
         <v>100</v>
       </c>
       <c r="E7" s="5">
         <v>43</v>
       </c>
       <c r="F7" s="5">
         <v>172</v>
       </c>
       <c r="G7" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="5" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="5">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C8" s="5">
         <v>74</v>
       </c>
       <c r="D8" s="5">
         <v>100</v>
       </c>
       <c r="E8" s="5">
         <v>23</v>
       </c>
       <c r="F8" s="5">
         <v>326</v>
       </c>
       <c r="G8" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="5" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="5">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C9" s="5">
         <v>74</v>
       </c>
       <c r="D9" s="5">
         <v>93</v>
       </c>
       <c r="E9" s="5">
         <v>56</v>
       </c>
       <c r="F9" s="5">
         <v>122</v>
       </c>
       <c r="G9" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="5" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="5">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C10" s="5">
         <v>74</v>
       </c>
       <c r="D10" s="5">
         <v>50</v>
       </c>
       <c r="E10" s="5">
         <v>48</v>
       </c>
       <c r="F10" s="5">
         <v>76</v>
       </c>
       <c r="G10" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H10" s="5" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="5">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C11" s="5">
         <v>74</v>
       </c>
       <c r="D11" s="5">
         <v>50</v>
       </c>
       <c r="E11" s="5">
         <v>70</v>
       </c>
       <c r="F11" s="5">
         <v>53</v>
       </c>
       <c r="G11" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H11" s="5" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="5">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C12" s="5">
         <v>74</v>
       </c>
       <c r="D12" s="5">
         <v>55</v>
       </c>
       <c r="E12" s="5">
         <v>78</v>
       </c>
       <c r="F12" s="5">
         <v>52</v>
       </c>
       <c r="G12" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H12" s="5" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="5">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C13" s="5">
         <v>74</v>
       </c>
       <c r="D13" s="5">
         <v>50</v>
       </c>
       <c r="E13" s="5">
         <v>52</v>
       </c>
       <c r="F13" s="5">
         <v>71</v>
       </c>
       <c r="G13" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H13" s="5" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="5">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C14" s="5">
         <v>76</v>
       </c>
       <c r="D14" s="5">
         <v>100</v>
       </c>
       <c r="E14" s="5">
         <v>55</v>
       </c>
       <c r="F14" s="5">
         <v>138</v>
       </c>
       <c r="G14" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="5" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="5">
         <v>12</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C15" s="5">
         <v>74</v>
       </c>
       <c r="D15" s="5">
         <v>50</v>
       </c>
       <c r="E15" s="5">
         <v>55</v>
       </c>
       <c r="F15" s="5">
         <v>67</v>
       </c>
       <c r="G15" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H15" s="5" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="5">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C16" s="5">
         <v>74</v>
       </c>
       <c r="D16" s="5">
         <v>55</v>
       </c>
       <c r="E16" s="5">
         <v>54</v>
       </c>
       <c r="F16" s="5">
         <v>75</v>
       </c>
       <c r="G16" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="5" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="5">
         <v>14</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C17" s="5">
         <v>74</v>
       </c>
       <c r="D17" s="5">
         <v>50</v>
       </c>
       <c r="E17" s="5">
         <v>53</v>
       </c>
       <c r="F17" s="5">
         <v>70</v>
       </c>
       <c r="G17" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H17" s="5" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="5">
         <v>15</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C18" s="5">
         <v>74</v>
       </c>
       <c r="D18" s="5">
         <v>100</v>
       </c>
       <c r="E18" s="5">
         <v>74</v>
       </c>
       <c r="F18" s="5">
         <v>99</v>
       </c>
       <c r="G18" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H18" s="5" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="5">
         <v>16</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C19" s="5">
         <v>74</v>
       </c>
       <c r="D19" s="5">
         <v>94</v>
       </c>
       <c r="E19" s="5">
         <v>57</v>
       </c>
       <c r="F19" s="5">
         <v>121</v>
       </c>
       <c r="G19" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="5" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="5">
         <v>17</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C20" s="5">
         <v>74</v>
       </c>
       <c r="D20" s="5">
         <v>100</v>
       </c>
       <c r="E20" s="5">
         <v>39</v>
       </c>
       <c r="F20" s="5">
         <v>189</v>
       </c>
       <c r="G20" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="5" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="5">
         <v>18</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C21" s="5">
         <v>74</v>
       </c>
       <c r="D21" s="5">
         <v>55</v>
       </c>
       <c r="E21" s="5">
         <v>48</v>
       </c>
       <c r="F21" s="5">
         <v>83</v>
       </c>
       <c r="G21" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H21" s="5" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="5">
         <v>19</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C22" s="5">
         <v>74</v>
       </c>
       <c r="D22" s="5">
         <v>55</v>
       </c>
       <c r="E22" s="5">
         <v>53</v>
       </c>
       <c r="F22" s="5">
         <v>76</v>
       </c>
       <c r="G22" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H22" s="5" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="5">
         <v>20</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C23" s="5">
         <v>74</v>
       </c>
       <c r="D23" s="5">
         <v>100</v>
       </c>
       <c r="E23" s="5">
         <v>46</v>
       </c>
       <c r="F23" s="5">
         <v>159</v>
       </c>
       <c r="G23" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H23" s="5" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="5">
         <v>21</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C24" s="5">
         <v>74</v>
       </c>
       <c r="D24" s="5">
         <v>100</v>
       </c>
       <c r="E24" s="5">
         <v>55</v>
       </c>
       <c r="F24" s="5">
         <v>133</v>
       </c>
       <c r="G24" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H24" s="5" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="5">
         <v>22</v>
       </c>
       <c r="B25" s="3" t="s">
@@ -5807,134 +5807,134 @@
       </c>
       <c r="C39" s="5">
         <v>74</v>
       </c>
       <c r="D39" s="5">
         <v>100</v>
       </c>
       <c r="E39" s="5">
         <v>68</v>
       </c>
       <c r="F39" s="5">
         <v>109</v>
       </c>
       <c r="G39" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H39" s="5" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="5">
         <v>37</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C40" s="5">
         <v>74</v>
       </c>
       <c r="D40" s="5">
         <v>93</v>
       </c>
       <c r="E40" s="5">
         <v>86</v>
       </c>
       <c r="F40" s="5">
         <v>79</v>
       </c>
       <c r="G40" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H40" s="5" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="5">
         <v>38</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C41" s="5">
         <v>74</v>
       </c>
       <c r="D41" s="5">
         <v>100</v>
       </c>
       <c r="E41" s="5">
         <v>59</v>
       </c>
       <c r="F41" s="5">
         <v>124</v>
       </c>
       <c r="G41" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H41" s="5" t="s">
         <v>222</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z41"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H41" sqref="H41"/>
+      <selection activeCell="E41" sqref="E41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4.5703" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="42.275" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>223</v>
       </c>
     </row>
@@ -5950,1029 +5950,652 @@
       </c>
       <c r="D3" s="11" t="s">
         <v>225</v>
       </c>
       <c r="E3" s="11" t="s">
         <v>226</v>
       </c>
       <c r="F3" s="11" t="s">
         <v>227</v>
       </c>
       <c r="G3" s="11" t="s">
         <v>228</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="5">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="5">
-        <v>17</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D4" s="15"/>
+      <c r="E4" s="5"/>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="5">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="5">
-        <v>32</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D5" s="15"/>
+      <c r="E5" s="5"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="5">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C6" s="5">
-        <v>29</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D6" s="15"/>
+      <c r="E6" s="5"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="5">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C7" s="5">
-        <v>23</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D7" s="15"/>
+      <c r="E7" s="5"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="5">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C8" s="5">
-        <v>16</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D8" s="15"/>
+      <c r="E8" s="5"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="5">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C9" s="5">
-        <v>14</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D9" s="15"/>
+      <c r="E9" s="5"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="5">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C10" s="5">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="D10" s="5">
-        <v>39</v>
+        <v>0</v>
       </c>
       <c r="E10" s="5">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="F10" s="5">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="G10" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="5">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C11" s="5">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="D11" s="5">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="E11" s="5">
-        <v>93</v>
+        <v>70</v>
       </c>
       <c r="F11" s="5">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="G11" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="5">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C12" s="5">
-        <v>17</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D12" s="15"/>
+      <c r="E12" s="5"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="5">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C13" s="5">
-        <v>19</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D13" s="15"/>
+      <c r="E13" s="5"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="5">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C14" s="5">
-        <v>19</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D14" s="15"/>
+      <c r="E14" s="5"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="5">
         <v>12</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C15" s="5">
-        <v>18</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D15" s="15"/>
+      <c r="E15" s="5"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="5">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C16" s="5">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D16" s="5">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="E16" s="5">
-        <v>75</v>
+        <v>55</v>
       </c>
       <c r="F16" s="5">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="G16" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="5">
         <v>14</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C17" s="5">
-        <v>21</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D17" s="15"/>
+      <c r="E17" s="5"/>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="5">
         <v>15</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C18" s="5">
-        <v>38</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D18" s="15"/>
+      <c r="E18" s="5"/>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="5">
         <v>16</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C19" s="5">
-        <v>20</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D19" s="15"/>
+      <c r="E19" s="5"/>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="5">
         <v>17</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C20" s="5">
-        <v>26</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D20" s="15"/>
+      <c r="E20" s="5"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="5">
         <v>18</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C21" s="5">
-        <v>46</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D21" s="15"/>
+      <c r="E21" s="5"/>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="5">
         <v>19</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C22" s="5">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D22" s="5">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="E22" s="5">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="F22" s="5">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="G22" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H22" s="5" t="s">
-        <v>247</v>
+        <v>232</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="5">
         <v>20</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C23" s="5">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D23" s="5">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="E23" s="5">
         <v>56</v>
       </c>
       <c r="F23" s="5">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>32</v>
+      </c>
+      <c r="G23" s="14" t="s">
+        <v>19</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>248</v>
+        <v>233</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="5">
         <v>21</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C24" s="5">
-        <v>18</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D24" s="15"/>
+      <c r="E24" s="5"/>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="5">
         <v>22</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C25" s="5">
-        <v>18</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D25" s="15"/>
+      <c r="E25" s="5"/>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="5">
         <v>23</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C26" s="5">
-        <v>17</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D26" s="15"/>
+      <c r="E26" s="5"/>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="5">
         <v>24</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C27" s="5">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D27" s="5">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="E27" s="5">
-        <v>88</v>
+        <v>60</v>
       </c>
       <c r="F27" s="5">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="G27" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H27" s="5" t="s">
-        <v>252</v>
+        <v>234</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="5">
         <v>25</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C28" s="5">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="D28" s="5">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="E28" s="5">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="F28" s="5">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G28" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H28" s="5" t="s">
-        <v>253</v>
+        <v>235</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="5">
         <v>26</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C29" s="5">
-        <v>15</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D29" s="15"/>
+      <c r="E29" s="5"/>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="5">
         <v>27</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C30" s="5">
-        <v>16</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D30" s="15"/>
+      <c r="E30" s="5"/>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="5">
         <v>28</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C31" s="5">
-        <v>45</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D31" s="15"/>
+      <c r="E31" s="5"/>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="5">
         <v>29</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C32" s="5">
-        <v>16</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D32" s="15"/>
+      <c r="E32" s="5"/>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="5">
         <v>30</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C33" s="5">
-        <v>33</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D33" s="15"/>
+      <c r="E33" s="5"/>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="5">
         <v>31</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C34" s="5">
-        <v>23</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D34" s="15"/>
+      <c r="E34" s="5"/>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="5">
         <v>32</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C35" s="5">
-        <v>22</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D35" s="15"/>
+      <c r="E35" s="5"/>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="5">
         <v>33</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C36" s="5">
-        <v>21</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D36" s="15"/>
+      <c r="E36" s="5"/>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="5">
         <v>34</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C37" s="5">
-        <v>24</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D37" s="15"/>
+      <c r="E37" s="5"/>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="5">
         <v>35</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C38" s="5">
-        <v>18</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D38" s="15"/>
+      <c r="E38" s="5"/>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="5">
         <v>36</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="D39" s="5">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="E39" s="5">
-        <v>85</v>
+        <v>59</v>
       </c>
       <c r="F39" s="5">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="G39" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H39" s="5" t="s">
-        <v>264</v>
+        <v>236</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="5">
         <v>37</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C40" s="5">
-        <v>12</v>
+        <v>57</v>
       </c>
       <c r="D40" s="5">
-        <v>57</v>
+        <v>27</v>
       </c>
       <c r="E40" s="5">
-        <v>88</v>
+        <v>75</v>
       </c>
       <c r="F40" s="5">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="G40" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H40" s="5" t="s">
-        <v>265</v>
+        <v>237</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="5">
         <v>38</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C41" s="5">
-        <v>19</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D41" s="15"/>
+      <c r="E41" s="5"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z41"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
@@ -6989,1699 +6612,2076 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="59.985" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>267</v>
+        <v>238</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C3" s="11" t="s">
         <v>224</v>
       </c>
       <c r="D3" s="11" t="s">
         <v>225</v>
       </c>
       <c r="E3" s="11" t="s">
         <v>226</v>
       </c>
       <c r="F3" s="11" t="s">
-        <v>268</v>
+        <v>239</v>
       </c>
       <c r="G3" s="11" t="s">
         <v>228</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="5">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="5">
         <v>37</v>
       </c>
       <c r="D4" s="5">
         <v>16</v>
       </c>
       <c r="E4" s="5">
         <v>58</v>
       </c>
       <c r="F4" s="5">
         <v>34</v>
       </c>
       <c r="G4" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H4" s="5" t="s">
-        <v>269</v>
+        <v>240</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="5">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="5">
         <v>21</v>
       </c>
       <c r="D5" s="5">
         <v>16</v>
       </c>
       <c r="E5" s="5">
         <v>57</v>
       </c>
       <c r="F5" s="5">
         <v>31</v>
       </c>
       <c r="G5" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H5" s="5" t="s">
-        <v>270</v>
+        <v>241</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="5">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C6" s="5">
         <v>48</v>
       </c>
       <c r="D6" s="5">
         <v>0</v>
       </c>
       <c r="E6" s="5">
         <v>47</v>
       </c>
       <c r="F6" s="5">
         <v>38</v>
       </c>
       <c r="G6" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>271</v>
+        <v>242</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="5">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C7" s="5">
         <v>41</v>
       </c>
       <c r="D7" s="5">
         <v>0</v>
       </c>
       <c r="E7" s="5">
         <v>68</v>
       </c>
       <c r="F7" s="5">
         <v>26</v>
       </c>
       <c r="G7" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>272</v>
+        <v>243</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="5">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C8" s="5">
         <v>7</v>
       </c>
       <c r="D8" s="5">
         <v>16</v>
       </c>
       <c r="E8" s="5">
         <v>72</v>
       </c>
       <c r="F8" s="5">
         <v>20</v>
       </c>
       <c r="G8" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H8" s="5" t="s">
-        <v>273</v>
+        <v>244</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="5">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C9" s="5">
         <v>32</v>
       </c>
       <c r="D9" s="5">
         <v>16</v>
       </c>
       <c r="E9" s="5">
         <v>100</v>
       </c>
       <c r="F9" s="5">
         <v>12</v>
       </c>
       <c r="G9" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>274</v>
+        <v>245</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="5">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C10" s="5">
         <v>0</v>
       </c>
       <c r="D10" s="15"/>
       <c r="E10" s="5"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="5">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C11" s="5">
         <v>0</v>
       </c>
       <c r="D11" s="15"/>
       <c r="E11" s="5"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="5">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C12" s="5">
         <v>37</v>
       </c>
       <c r="D12" s="5">
         <v>16</v>
       </c>
       <c r="E12" s="5">
         <v>81</v>
       </c>
       <c r="F12" s="5">
         <v>23</v>
       </c>
       <c r="G12" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>275</v>
+        <v>246</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="5">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C13" s="5">
         <v>16</v>
       </c>
       <c r="D13" s="5">
         <v>16</v>
       </c>
       <c r="E13" s="5">
         <v>91</v>
       </c>
       <c r="F13" s="5">
         <v>13</v>
       </c>
       <c r="G13" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>276</v>
+        <v>247</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="5">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C14" s="5">
         <v>38</v>
       </c>
       <c r="D14" s="5">
         <v>0</v>
       </c>
       <c r="E14" s="5">
         <v>74</v>
       </c>
       <c r="F14" s="5">
         <v>22</v>
       </c>
       <c r="G14" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>277</v>
+        <v>248</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="5">
         <v>12</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C15" s="5">
         <v>12</v>
       </c>
       <c r="D15" s="5">
         <v>16</v>
       </c>
       <c r="E15" s="5">
         <v>59</v>
       </c>
       <c r="F15" s="5">
         <v>27</v>
       </c>
       <c r="G15" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>278</v>
+        <v>249</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="5">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C16" s="5">
         <v>0</v>
       </c>
       <c r="D16" s="15"/>
       <c r="E16" s="5"/>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="5">
         <v>14</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C17" s="5">
         <v>20</v>
       </c>
       <c r="D17" s="5">
         <v>16</v>
       </c>
       <c r="E17" s="5">
         <v>68</v>
       </c>
       <c r="F17" s="5">
         <v>25</v>
       </c>
       <c r="G17" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H17" s="5" t="s">
-        <v>279</v>
+        <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="5">
         <v>15</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C18" s="5">
         <v>24</v>
       </c>
       <c r="D18" s="5">
         <v>16</v>
       </c>
       <c r="E18" s="5">
         <v>97</v>
       </c>
       <c r="F18" s="5">
         <v>12</v>
       </c>
       <c r="G18" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>280</v>
+        <v>251</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="5">
         <v>16</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C19" s="5">
         <v>26</v>
       </c>
       <c r="D19" s="5">
         <v>16</v>
       </c>
       <c r="E19" s="5">
         <v>86</v>
       </c>
       <c r="F19" s="5">
         <v>18</v>
       </c>
       <c r="G19" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>281</v>
+        <v>252</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="5">
         <v>17</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C20" s="5">
         <v>19</v>
       </c>
       <c r="D20" s="5">
         <v>16</v>
       </c>
       <c r="E20" s="5">
         <v>55</v>
       </c>
       <c r="F20" s="5">
         <v>31</v>
       </c>
       <c r="G20" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H20" s="5" t="s">
-        <v>282</v>
+        <v>253</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="5">
         <v>18</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C21" s="5">
         <v>31</v>
       </c>
       <c r="D21" s="5">
         <v>16</v>
       </c>
       <c r="E21" s="5">
         <v>72</v>
       </c>
       <c r="F21" s="5">
         <v>26</v>
       </c>
       <c r="G21" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H21" s="5" t="s">
-        <v>283</v>
+        <v>254</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="5">
         <v>19</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C22" s="5">
         <v>0</v>
       </c>
       <c r="D22" s="15"/>
       <c r="E22" s="5"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="5">
         <v>20</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C23" s="5">
         <v>0</v>
       </c>
       <c r="D23" s="15"/>
       <c r="E23" s="5"/>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="5">
         <v>21</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C24" s="5">
         <v>35</v>
       </c>
       <c r="D24" s="5">
         <v>16</v>
       </c>
       <c r="E24" s="5">
         <v>68</v>
       </c>
       <c r="F24" s="5">
         <v>29</v>
       </c>
       <c r="G24" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H24" s="5" t="s">
-        <v>284</v>
+        <v>255</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="5">
         <v>22</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C25" s="5">
         <v>9</v>
       </c>
       <c r="D25" s="5">
         <v>0</v>
       </c>
       <c r="E25" s="5">
         <v>44</v>
       </c>
       <c r="F25" s="5">
         <v>30</v>
       </c>
       <c r="G25" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>285</v>
+        <v>256</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="5">
         <v>23</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C26" s="5">
         <v>8</v>
       </c>
       <c r="D26" s="5">
         <v>16</v>
       </c>
       <c r="E26" s="5">
         <v>63</v>
       </c>
       <c r="F26" s="5">
         <v>25</v>
       </c>
       <c r="G26" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H26" s="5" t="s">
-        <v>286</v>
+        <v>257</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="5">
         <v>24</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C27" s="5">
         <v>0</v>
       </c>
       <c r="D27" s="15"/>
       <c r="E27" s="5"/>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="5">
         <v>25</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C28" s="5">
         <v>0</v>
       </c>
       <c r="D28" s="15"/>
       <c r="E28" s="5"/>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="5">
         <v>26</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C29" s="5">
         <v>10</v>
       </c>
       <c r="D29" s="5">
         <v>0</v>
       </c>
       <c r="E29" s="5">
         <v>68</v>
       </c>
       <c r="F29" s="5">
         <v>19</v>
       </c>
       <c r="G29" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H29" s="5" t="s">
-        <v>287</v>
+        <v>258</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="5">
         <v>27</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C30" s="5">
         <v>6</v>
       </c>
       <c r="D30" s="5">
         <v>16</v>
       </c>
       <c r="E30" s="5">
         <v>84</v>
       </c>
       <c r="F30" s="5">
         <v>14</v>
       </c>
       <c r="G30" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H30" s="5" t="s">
-        <v>288</v>
+        <v>259</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="5">
         <v>28</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C31" s="5">
         <v>2</v>
       </c>
       <c r="D31" s="5">
         <v>16</v>
       </c>
       <c r="E31" s="5">
         <v>63</v>
       </c>
       <c r="F31" s="5">
         <v>23</v>
       </c>
       <c r="G31" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H31" s="5" t="s">
-        <v>289</v>
+        <v>260</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="5">
         <v>29</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C32" s="5">
         <v>10</v>
       </c>
       <c r="D32" s="5">
         <v>31</v>
       </c>
       <c r="E32" s="5">
         <v>58</v>
       </c>
       <c r="F32" s="5">
         <v>31</v>
       </c>
       <c r="G32" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H32" s="5" t="s">
-        <v>290</v>
+        <v>261</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="5">
         <v>30</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C33" s="5">
         <v>45</v>
       </c>
       <c r="D33" s="5">
         <v>16</v>
       </c>
       <c r="E33" s="5">
         <v>57</v>
       </c>
       <c r="F33" s="5">
         <v>37</v>
       </c>
       <c r="G33" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H33" s="5" t="s">
-        <v>291</v>
+        <v>262</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="5">
         <v>31</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C34" s="5">
         <v>17</v>
       </c>
       <c r="D34" s="5">
         <v>15</v>
       </c>
       <c r="E34" s="5">
         <v>75</v>
       </c>
       <c r="F34" s="5">
         <v>21</v>
       </c>
       <c r="G34" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H34" s="5" t="s">
-        <v>292</v>
+        <v>263</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="5">
         <v>32</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C35" s="5">
         <v>16</v>
       </c>
       <c r="D35" s="5">
         <v>15</v>
       </c>
       <c r="E35" s="5">
         <v>71</v>
       </c>
       <c r="F35" s="5">
         <v>22</v>
       </c>
       <c r="G35" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H35" s="5" t="s">
-        <v>293</v>
+        <v>264</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="5">
         <v>33</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C36" s="5">
         <v>9</v>
       </c>
       <c r="D36" s="5">
         <v>16</v>
       </c>
       <c r="E36" s="5">
         <v>59</v>
       </c>
       <c r="F36" s="5">
         <v>27</v>
       </c>
       <c r="G36" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H36" s="5" t="s">
-        <v>294</v>
+        <v>265</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="5">
         <v>34</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C37" s="5">
         <v>37</v>
       </c>
       <c r="D37" s="5">
         <v>31</v>
       </c>
       <c r="E37" s="5">
         <v>50</v>
       </c>
       <c r="F37" s="5">
         <v>42</v>
       </c>
       <c r="G37" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H37" s="5" t="s">
-        <v>295</v>
+        <v>266</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="5">
         <v>35</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C38" s="5">
         <v>10</v>
       </c>
       <c r="D38" s="5">
         <v>16</v>
       </c>
       <c r="E38" s="5">
         <v>79</v>
       </c>
       <c r="F38" s="5">
         <v>17</v>
       </c>
       <c r="G38" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H38" s="5" t="s">
-        <v>296</v>
+        <v>267</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="5">
         <v>36</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5">
         <v>0</v>
       </c>
       <c r="D39" s="15"/>
       <c r="E39" s="5"/>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="5">
         <v>37</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C40" s="5">
         <v>8</v>
       </c>
       <c r="D40" s="5">
         <v>16</v>
       </c>
       <c r="E40" s="5">
         <v>65</v>
       </c>
       <c r="F40" s="5">
         <v>24</v>
       </c>
       <c r="G40" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H40" s="5"/>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="5">
         <v>38</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C41" s="5">
         <v>33</v>
       </c>
       <c r="D41" s="5">
         <v>16</v>
       </c>
       <c r="E41" s="5">
         <v>82</v>
       </c>
       <c r="F41" s="5">
         <v>22</v>
       </c>
       <c r="G41" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H41" s="5" t="s">
-        <v>297</v>
+        <v>268</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z41"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E41" sqref="E41"/>
+      <selection activeCell="H41" sqref="H41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4.5703" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="42.275" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>298</v>
+        <v>269</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C3" s="11" t="s">
         <v>224</v>
       </c>
       <c r="D3" s="11" t="s">
         <v>225</v>
       </c>
       <c r="E3" s="11" t="s">
         <v>226</v>
       </c>
       <c r="F3" s="11" t="s">
-        <v>299</v>
+        <v>270</v>
       </c>
       <c r="G3" s="11" t="s">
         <v>228</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="5">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E4" s="5"/>
+        <v>17</v>
+      </c>
+      <c r="D4" s="5">
+        <v>30</v>
+      </c>
+      <c r="E4" s="5">
+        <v>63</v>
+      </c>
+      <c r="F4" s="5">
+        <v>30</v>
+      </c>
+      <c r="G4" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="H4" s="5" t="s">
+        <v>271</v>
+      </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="5">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E5" s="5"/>
+        <v>32</v>
+      </c>
+      <c r="D5" s="5">
+        <v>56</v>
+      </c>
+      <c r="E5" s="5">
+        <v>66</v>
+      </c>
+      <c r="F5" s="5">
+        <v>39</v>
+      </c>
+      <c r="G5" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>272</v>
+      </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="5">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C6" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E6" s="5"/>
+        <v>29</v>
+      </c>
+      <c r="D6" s="5">
+        <v>56</v>
+      </c>
+      <c r="E6" s="5">
+        <v>63</v>
+      </c>
+      <c r="F6" s="5">
+        <v>40</v>
+      </c>
+      <c r="G6" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>273</v>
+      </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="5">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C7" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E7" s="5"/>
+        <v>23</v>
+      </c>
+      <c r="D7" s="5">
+        <v>39</v>
+      </c>
+      <c r="E7" s="5">
+        <v>77</v>
+      </c>
+      <c r="F7" s="5">
+        <v>27</v>
+      </c>
+      <c r="G7" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>274</v>
+      </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="5">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C8" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E8" s="5"/>
+        <v>16</v>
+      </c>
+      <c r="D8" s="5">
+        <v>60</v>
+      </c>
+      <c r="E8" s="5">
+        <v>80</v>
+      </c>
+      <c r="F8" s="5">
+        <v>29</v>
+      </c>
+      <c r="G8" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>275</v>
+      </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="5">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C9" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E9" s="5"/>
+        <v>14</v>
+      </c>
+      <c r="D9" s="5">
+        <v>24</v>
+      </c>
+      <c r="E9" s="5">
+        <v>98</v>
+      </c>
+      <c r="F9" s="5">
+        <v>10</v>
+      </c>
+      <c r="G9" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>276</v>
+      </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="5">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C10" s="5">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D10" s="5">
-        <v>0</v>
+        <v>39</v>
       </c>
       <c r="E10" s="5">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="F10" s="5">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="G10" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>300</v>
+        <v>277</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="5">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C11" s="5">
-        <v>47</v>
+        <v>16</v>
       </c>
       <c r="D11" s="5">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="E11" s="5">
-        <v>70</v>
+        <v>93</v>
       </c>
       <c r="F11" s="5">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="G11" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>301</v>
+        <v>278</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="5">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C12" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E12" s="5"/>
+        <v>17</v>
+      </c>
+      <c r="D12" s="5">
+        <v>47</v>
+      </c>
+      <c r="E12" s="5">
+        <v>94</v>
+      </c>
+      <c r="F12" s="5">
+        <v>19</v>
+      </c>
+      <c r="G12" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="H12" s="5" t="s">
+        <v>279</v>
+      </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="5">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C13" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E13" s="5"/>
+        <v>19</v>
+      </c>
+      <c r="D13" s="5">
+        <v>60</v>
+      </c>
+      <c r="E13" s="5">
+        <v>89</v>
+      </c>
+      <c r="F13" s="5">
+        <v>25</v>
+      </c>
+      <c r="G13" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="H13" s="5" t="s">
+        <v>280</v>
+      </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="5">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C14" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E14" s="5"/>
+        <v>19</v>
+      </c>
+      <c r="D14" s="5">
+        <v>60</v>
+      </c>
+      <c r="E14" s="5">
+        <v>70</v>
+      </c>
+      <c r="F14" s="5">
+        <v>35</v>
+      </c>
+      <c r="G14" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="H14" s="5" t="s">
+        <v>281</v>
+      </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="5">
         <v>12</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C15" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E15" s="5"/>
+        <v>18</v>
+      </c>
+      <c r="D15" s="5">
+        <v>47</v>
+      </c>
+      <c r="E15" s="5">
+        <v>65</v>
+      </c>
+      <c r="F15" s="5">
+        <v>34</v>
+      </c>
+      <c r="G15" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="H15" s="5" t="s">
+        <v>282</v>
+      </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="5">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C16" s="5">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D16" s="5">
-        <v>12</v>
+        <v>56</v>
       </c>
       <c r="E16" s="5">
-        <v>55</v>
+        <v>75</v>
       </c>
       <c r="F16" s="5">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G16" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>302</v>
+        <v>283</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="5">
         <v>14</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C17" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E17" s="5"/>
+        <v>21</v>
+      </c>
+      <c r="D17" s="5">
+        <v>12</v>
+      </c>
+      <c r="E17" s="5">
+        <v>87</v>
+      </c>
+      <c r="F17" s="5">
+        <v>15</v>
+      </c>
+      <c r="G17" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="H17" s="5" t="s">
+        <v>284</v>
+      </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="5">
         <v>15</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C18" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E18" s="5"/>
+        <v>38</v>
+      </c>
+      <c r="D18" s="5">
+        <v>60</v>
+      </c>
+      <c r="E18" s="5">
+        <v>94</v>
+      </c>
+      <c r="F18" s="5">
+        <v>28</v>
+      </c>
+      <c r="G18" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="H18" s="5" t="s">
+        <v>285</v>
+      </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="5">
         <v>16</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C19" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E19" s="5"/>
+        <v>20</v>
+      </c>
+      <c r="D19" s="5">
+        <v>60</v>
+      </c>
+      <c r="E19" s="5">
+        <v>74</v>
+      </c>
+      <c r="F19" s="5">
+        <v>33</v>
+      </c>
+      <c r="G19" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="H19" s="5" t="s">
+        <v>286</v>
+      </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="5">
         <v>17</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C20" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E20" s="5"/>
+        <v>26</v>
+      </c>
+      <c r="D20" s="5">
+        <v>47</v>
+      </c>
+      <c r="E20" s="5">
+        <v>59</v>
+      </c>
+      <c r="F20" s="5">
+        <v>39</v>
+      </c>
+      <c r="G20" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="H20" s="5" t="s">
+        <v>287</v>
+      </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="5">
         <v>18</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C21" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E21" s="5"/>
+        <v>46</v>
+      </c>
+      <c r="D21" s="5">
+        <v>51</v>
+      </c>
+      <c r="E21" s="5">
+        <v>62</v>
+      </c>
+      <c r="F21" s="5">
+        <v>43</v>
+      </c>
+      <c r="G21" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="H21" s="5" t="s">
+        <v>288</v>
+      </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="5">
         <v>19</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C22" s="5">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D22" s="5">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="E22" s="5">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="F22" s="5">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="G22" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H22" s="5" t="s">
-        <v>303</v>
+        <v>289</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="5">
         <v>20</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C23" s="5">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D23" s="5">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="E23" s="5">
         <v>56</v>
       </c>
       <c r="F23" s="5">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>44</v>
+      </c>
+      <c r="G23" s="12" t="s">
+        <v>14</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>304</v>
+        <v>290</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="5">
         <v>21</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C24" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E24" s="5"/>
+        <v>18</v>
+      </c>
+      <c r="D24" s="5">
+        <v>60</v>
+      </c>
+      <c r="E24" s="5">
+        <v>67</v>
+      </c>
+      <c r="F24" s="5">
+        <v>36</v>
+      </c>
+      <c r="G24" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="H24" s="5" t="s">
+        <v>291</v>
+      </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="5">
         <v>22</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C25" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E25" s="5"/>
+        <v>18</v>
+      </c>
+      <c r="D25" s="5">
+        <v>39</v>
+      </c>
+      <c r="E25" s="5">
+        <v>76</v>
+      </c>
+      <c r="F25" s="5">
+        <v>26</v>
+      </c>
+      <c r="G25" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="H25" s="5" t="s">
+        <v>292</v>
+      </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="5">
         <v>23</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C26" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E26" s="5"/>
+        <v>17</v>
+      </c>
+      <c r="D26" s="5">
+        <v>32</v>
+      </c>
+      <c r="E26" s="5">
+        <v>92</v>
+      </c>
+      <c r="F26" s="5">
+        <v>16</v>
+      </c>
+      <c r="G26" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="H26" s="5" t="s">
+        <v>293</v>
+      </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="5">
         <v>24</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C27" s="5">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="D27" s="5">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="E27" s="5">
-        <v>60</v>
+        <v>88</v>
       </c>
       <c r="F27" s="5">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="G27" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H27" s="5" t="s">
-        <v>305</v>
+        <v>294</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="5">
         <v>25</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C28" s="5">
-        <v>19</v>
+        <v>45</v>
       </c>
       <c r="D28" s="5">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E28" s="5">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="F28" s="5">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G28" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H28" s="5" t="s">
-        <v>306</v>
+        <v>295</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="5">
         <v>26</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C29" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E29" s="5"/>
+        <v>15</v>
+      </c>
+      <c r="D29" s="5">
+        <v>60</v>
+      </c>
+      <c r="E29" s="5">
+        <v>77</v>
+      </c>
+      <c r="F29" s="5">
+        <v>31</v>
+      </c>
+      <c r="G29" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="H29" s="5" t="s">
+        <v>296</v>
+      </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="5">
         <v>27</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C30" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E30" s="5"/>
+        <v>16</v>
+      </c>
+      <c r="D30" s="5">
+        <v>23</v>
+      </c>
+      <c r="E30" s="5">
+        <v>82</v>
+      </c>
+      <c r="F30" s="5">
+        <v>19</v>
+      </c>
+      <c r="G30" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="H30" s="5" t="s">
+        <v>297</v>
+      </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="5">
         <v>28</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C31" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E31" s="5"/>
+        <v>45</v>
+      </c>
+      <c r="D31" s="5">
+        <v>35</v>
+      </c>
+      <c r="E31" s="5">
+        <v>72</v>
+      </c>
+      <c r="F31" s="5">
+        <v>34</v>
+      </c>
+      <c r="G31" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="H31" s="5" t="s">
+        <v>298</v>
+      </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="5">
         <v>29</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C32" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E32" s="5"/>
+        <v>16</v>
+      </c>
+      <c r="D32" s="5">
+        <v>14</v>
+      </c>
+      <c r="E32" s="5">
+        <v>63</v>
+      </c>
+      <c r="F32" s="5">
+        <v>26</v>
+      </c>
+      <c r="G32" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="H32" s="5" t="s">
+        <v>299</v>
+      </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="5">
         <v>30</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C33" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E33" s="5"/>
+        <v>33</v>
+      </c>
+      <c r="D33" s="5">
+        <v>60</v>
+      </c>
+      <c r="E33" s="5">
+        <v>55</v>
+      </c>
+      <c r="F33" s="5">
+        <v>45</v>
+      </c>
+      <c r="G33" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="H33" s="5" t="s">
+        <v>300</v>
+      </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="5">
         <v>31</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C34" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E34" s="5"/>
+        <v>23</v>
+      </c>
+      <c r="D34" s="5">
+        <v>56</v>
+      </c>
+      <c r="E34" s="5">
+        <v>74</v>
+      </c>
+      <c r="F34" s="5">
+        <v>33</v>
+      </c>
+      <c r="G34" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="H34" s="5" t="s">
+        <v>301</v>
+      </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="5">
         <v>32</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C35" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E35" s="5"/>
+        <v>22</v>
+      </c>
+      <c r="D35" s="5">
+        <v>20</v>
+      </c>
+      <c r="E35" s="5">
+        <v>80</v>
+      </c>
+      <c r="F35" s="5">
+        <v>21</v>
+      </c>
+      <c r="G35" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="H35" s="5" t="s">
+        <v>302</v>
+      </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="5">
         <v>33</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C36" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E36" s="5"/>
+        <v>21</v>
+      </c>
+      <c r="D36" s="5">
+        <v>44</v>
+      </c>
+      <c r="E36" s="5">
+        <v>81</v>
+      </c>
+      <c r="F36" s="5">
+        <v>26</v>
+      </c>
+      <c r="G36" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="H36" s="5" t="s">
+        <v>303</v>
+      </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="5">
         <v>34</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C37" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E37" s="5"/>
+        <v>24</v>
+      </c>
+      <c r="D37" s="5">
+        <v>57</v>
+      </c>
+      <c r="E37" s="5">
+        <v>61</v>
+      </c>
+      <c r="F37" s="5">
+        <v>40</v>
+      </c>
+      <c r="G37" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="H37" s="5" t="s">
+        <v>304</v>
+      </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="5">
         <v>35</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C38" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E38" s="5"/>
+        <v>18</v>
+      </c>
+      <c r="D38" s="5">
+        <v>60</v>
+      </c>
+      <c r="E38" s="5">
+        <v>72</v>
+      </c>
+      <c r="F38" s="5">
+        <v>33</v>
+      </c>
+      <c r="G38" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="H38" s="5" t="s">
+        <v>305</v>
+      </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="5">
         <v>36</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="D39" s="5">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="E39" s="5">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="F39" s="5">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="G39" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H39" s="5" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="5">
         <v>37</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C40" s="5">
+        <v>12</v>
+      </c>
+      <c r="D40" s="5">
         <v>57</v>
       </c>
-      <c r="D40" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="E40" s="5">
-        <v>75</v>
+        <v>88</v>
       </c>
       <c r="F40" s="5">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="G40" s="14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H40" s="5" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="5">
         <v>38</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C41" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E41" s="5"/>
+        <v>19</v>
+      </c>
+      <c r="D41" s="5">
+        <v>60</v>
+      </c>
+      <c r="E41" s="5">
+        <v>89</v>
+      </c>
+      <c r="F41" s="5">
+        <v>25</v>
+      </c>
+      <c r="G41" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="H41" s="5" t="s">
+        <v>308</v>
+      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="6" baseType="lpstr">
       <vt:lpstr>KELENGKAPAN</vt:lpstr>
       <vt:lpstr>POLIO</vt:lpstr>
       <vt:lpstr>MERS</vt:lpstr>
+      <vt:lpstr>AVIAN INFLUENZA</vt:lpstr>
+      <vt:lpstr>MENINGITIS MENINGOKOKUS</vt:lpstr>
       <vt:lpstr>COVID-19</vt:lpstr>
-      <vt:lpstr>MENINGITIS MENINGOKOKUS</vt:lpstr>
-      <vt:lpstr>AVIAN INFLUENZA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>