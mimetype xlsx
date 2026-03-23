--- v0 (2026-02-06)
+++ v1 (2026-03-23)
@@ -22,51 +22,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="KELENGKAPAN" sheetId="1" r:id="rId4"/>
     <sheet name="POLIO" sheetId="2" r:id="rId5"/>
     <sheet name="MERS" sheetId="3" r:id="rId6"/>
     <sheet name="AVIAN INFLUENZA" sheetId="4" r:id="rId7"/>
     <sheet name="MENINGITIS MENINGOKOKUS" sheetId="5" r:id="rId8"/>
     <sheet name="COVID-19" sheetId="6" r:id="rId9"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>KELENGKAPAN LAPORAN PEMETAAN RISIKO TH 2026</t>
   </si>
   <si>
     <t>Resume Capaian Provinsi Nusa Tenggara Barat (NTB)</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kota/Kab</t>
   </si>
   <si>
     <t>POLIO</t>
   </si>
   <si>
     <t>MERS</t>
   </si>
   <si>
     <t>AVIAN INFLUENZA</t>
   </si>
   <si>
     <t>MENINGITIS MENINGOKOKUS</t>
   </si>
   <si>
@@ -88,50 +88,53 @@
     <t>Bima</t>
   </si>
   <si>
     <t>BELUM</t>
   </si>
   <si>
     <t>BELUM LAPOR/BELUM LENGKAP</t>
   </si>
   <si>
     <t>Dompu</t>
   </si>
   <si>
     <t>Kota Bima</t>
   </si>
   <si>
     <t>Kota Mataram</t>
   </si>
   <si>
     <t>Lombok Barat</t>
   </si>
   <si>
     <t>Lombok Tengah</t>
   </si>
   <si>
     <t>Lombok Timur</t>
+  </si>
+  <si>
+    <t>DRAFT</t>
   </si>
   <si>
     <t>Lombok Utara</t>
   </si>
   <si>
     <t>Sumbawa</t>
   </si>
   <si>
     <t>Sumbawa Barat</t>
   </si>
   <si>
     <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI POLIO 2026</t>
   </si>
   <si>
     <t>Kab / Kota</t>
   </si>
   <si>
     <t>INDEKS ANCAMAN
 (MAX 0)</t>
   </si>
   <si>
     <t>INDEKS KERENTANAN
 (MAX 0)</t>
   </si>
   <si>
@@ -1032,104 +1035,104 @@
       </c>
       <c r="N11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R11" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="3">
         <v>7</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I12" s="4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="J12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="L12" s="4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O12" s="4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="P12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R12" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="3">
         <v>8</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J13" s="4" t="s">
         <v>14</v>
       </c>
@@ -1141,51 +1144,51 @@
       </c>
       <c r="M13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R13" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="3">
         <v>9</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J14" s="4" t="s">
         <v>14</v>
       </c>
@@ -1197,51 +1200,51 @@
       </c>
       <c r="M14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R14" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="3">
         <v>10</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J15" s="4" t="s">
         <v>14</v>
       </c>
@@ -1317,77 +1320,77 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C3" s="8" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D3" s="8" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E3" s="8" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F3" s="8" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G3" s="8" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="4">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="4">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="4">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
@@ -1399,67 +1402,67 @@
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
@@ -1485,77 +1488,77 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C3" s="8" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D3" s="8" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E3" s="8" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F3" s="8" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G3" s="8" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="4">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="4">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="4">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
@@ -1567,67 +1570,67 @@
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
@@ -1653,77 +1656,77 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C3" s="8" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D3" s="8" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E3" s="8" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F3" s="8" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G3" s="8" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="4">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="4">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="4">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
@@ -1735,67 +1738,67 @@
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
@@ -1821,77 +1824,77 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C3" s="8" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D3" s="8" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E3" s="8" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F3" s="8" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G3" s="8" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="4">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="4">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="4">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
@@ -1903,67 +1906,67 @@
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
@@ -1989,77 +1992,77 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C3" s="8" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D3" s="8" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E3" s="8" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F3" s="8" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G3" s="8" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="4">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="4">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="4">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
@@ -2071,67 +2074,67 @@
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>