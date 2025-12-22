--- v0 (2025-11-03)
+++ v1 (2025-12-22)
@@ -22,51 +22,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="KELENGKAPAN" sheetId="1" r:id="rId4"/>
     <sheet name="POLIO" sheetId="2" r:id="rId5"/>
     <sheet name="MERS" sheetId="3" r:id="rId6"/>
     <sheet name="COVID-19" sheetId="4" r:id="rId7"/>
     <sheet name="MENINGITIS MENINGOKOKUS" sheetId="5" r:id="rId8"/>
     <sheet name="AVIAN INFLUENZA" sheetId="6" r:id="rId9"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
   <si>
     <t>KELENGKAPAN LAPORAN PEMETAAN RISIKO TH 2025</t>
   </si>
   <si>
     <t>Resume Capaian Provinsi Nusa Tenggara Timur (NTT)</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kota/Kab</t>
   </si>
   <si>
     <t>POLIO</t>
   </si>
   <si>
     <t>MERS</t>
   </si>
   <si>
     <t>COVID-19</t>
   </si>
   <si>
     <t>MENINGITIS MENINGOKOKUS</t>
   </si>
   <si>
@@ -183,74 +183,80 @@
   <si>
     <t>17 Oct 2025</t>
   </si>
   <si>
     <t>20 May 2025</t>
   </si>
   <si>
     <t>Lembata</t>
   </si>
   <si>
     <t>18 Mar 2025</t>
   </si>
   <si>
     <t>22 Sep 2025</t>
   </si>
   <si>
     <t>22 Apr 2025</t>
   </si>
   <si>
     <t>Malaka</t>
   </si>
   <si>
     <t>24 Apr 2025</t>
   </si>
   <si>
-    <t>KURANG REKOMENDASI</t>
+    <t>09 Nov 2025</t>
   </si>
   <si>
     <t>Manggarai</t>
   </si>
   <si>
     <t>28 Apr 2025</t>
   </si>
   <si>
     <t>15 Apr 2025</t>
   </si>
   <si>
     <t>Manggarai Barat</t>
   </si>
   <si>
+    <t>16 Dec 2025</t>
+  </si>
+  <si>
     <t>Manggarai Timur</t>
   </si>
   <si>
     <t>31 Oct 2025</t>
   </si>
   <si>
     <t>24 Sep 2025</t>
   </si>
   <si>
+    <t>11 Nov 2025</t>
+  </si>
+  <si>
     <t>Nagekeo</t>
   </si>
   <si>
     <t>30 Jul 2025</t>
   </si>
   <si>
     <t>12 Aug 2025</t>
   </si>
   <si>
     <t>Ngada</t>
   </si>
   <si>
     <t>10 Jul 2025</t>
   </si>
   <si>
     <t>15 Jul 2025</t>
   </si>
   <si>
     <t>06 Aug 2025</t>
   </si>
   <si>
     <t>Rote Ndao</t>
   </si>
   <si>
     <t>10 Apr 2025</t>
@@ -289,50 +295,53 @@
     <t>Sumba Barat</t>
   </si>
   <si>
     <t>09 Apr 2025</t>
   </si>
   <si>
     <t>31 Jul 2025</t>
   </si>
   <si>
     <t>Sumba Barat Daya</t>
   </si>
   <si>
     <t>01 Sep 2025</t>
   </si>
   <si>
     <t>Sumba Tengah</t>
   </si>
   <si>
     <t>Sumba Timur</t>
   </si>
   <si>
     <t>16 Jul 2025</t>
   </si>
   <si>
     <t>Timor Tengah Selatan</t>
+  </si>
+  <si>
+    <t>17 Dec 2025</t>
   </si>
   <si>
     <t>Timor Tengah Utara</t>
   </si>
   <si>
     <t>21 Aug 2025</t>
   </si>
   <si>
     <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI POLIO 2025</t>
   </si>
   <si>
     <t>Kab / Kota</t>
   </si>
   <si>
     <t>INDEKS ANCAMAN
 (MAX 35)</t>
   </si>
   <si>
     <t>INDEKS KERENTANAN
 (MAX 69)</t>
   </si>
   <si>
     <t>INDEKS KAPASITAS
 (MIN 74)</t>
   </si>
@@ -344,311 +353,353 @@
     <t>KLASIFIKASI RISIKO
 (Rata-Rata SEDANG)</t>
   </si>
   <si>
     <t>DOKUMEN REKOMENDASI</t>
   </si>
   <si>
     <t>POLIO2025_Belu.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Ende.docx</t>
   </si>
   <si>
     <t>POLIO2025_Flores_Timur.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Kota_Kupang.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Kupang.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Lembata.pdf</t>
   </si>
   <si>
+    <t>POLIO2025_Malaka.pdf</t>
+  </si>
+  <si>
     <t>POLIO2025_Manggarai.pdf</t>
   </si>
   <si>
+    <t>POLIO2025_Manggarai_Barat.pdf</t>
+  </si>
+  <si>
     <t>POLIO2025_Manggarai_Timur.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Nagekeo.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Ngada.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Rote_Ndao.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Sabu_Raijua.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Sikka.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Sumba_Barat.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Sumba_Barat_Daya.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Sumba_Tengah.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Sumba_Timur.pdf</t>
+  </si>
+  <si>
+    <t>POLIO2025_Timor_Tengah_Selatan.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Timor_Tengah_Utara.pdf</t>
   </si>
   <si>
     <t>POLIO2025_Alor.docx</t>
   </si>
   <si>
     <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI MERS 2025</t>
   </si>
   <si>
     <t>INDEKS ANCAMAN
 (MAX 76)</t>
   </si>
   <si>
     <t>INDEKS KERENTANAN
 (MAX 50)</t>
   </si>
   <si>
     <t>INDEKS KAPASITAS
 (MIN 61)</t>
   </si>
   <si>
     <t>INDEKS RISIKO
 (MAX 1,873)</t>
   </si>
   <si>
     <t>MERS2025_Belu.pdf</t>
   </si>
   <si>
     <t>MERS2025_Ende.docx</t>
   </si>
   <si>
     <t>MERS2025_Flores_Timur.pdf</t>
   </si>
   <si>
     <t>MERS2025_Kota_Kupang.pdf</t>
   </si>
   <si>
     <t>MERS2025_Kupang.pdf</t>
   </si>
   <si>
     <t>1,873</t>
   </si>
   <si>
     <t>MERS2025_Lembata.pdf</t>
   </si>
   <si>
+    <t>MERS2025_Malaka.pdf</t>
+  </si>
+  <si>
     <t>MERS2025_Manggarai.pdf</t>
   </si>
   <si>
+    <t>MERS2025_Manggarai_Barat.pdf</t>
+  </si>
+  <si>
     <t>MERS2025_Manggarai_Timur.pdf</t>
   </si>
   <si>
     <t>MERS2025_Nagekeo.pdf</t>
   </si>
   <si>
     <t>MERS2025_Ngada.pdf</t>
   </si>
   <si>
     <t>MERS2025_Rote_Ndao.pdf</t>
   </si>
   <si>
     <t>MERS2025_Sabu_Raijua.pdf</t>
   </si>
   <si>
     <t>MERS2025_Sikka.pdf</t>
   </si>
   <si>
     <t>MERS2025_Sumba_Barat.pdf</t>
   </si>
   <si>
     <t>MERS2025_Sumba_Barat_Daya.pdf</t>
   </si>
   <si>
     <t>MERS2025_Sumba_Tengah.pdf</t>
   </si>
   <si>
     <t>1,015</t>
   </si>
   <si>
     <t>MERS2025_Sumba_Timur.pdf</t>
+  </si>
+  <si>
+    <t>MERS2025_Timor_Tengah_Selatan.pdf</t>
   </si>
   <si>
     <t>MERS2025_Timor_Tengah_Utara.pdf</t>
   </si>
   <si>
     <t>MERS2025_Alor.docx</t>
   </si>
   <si>
     <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI COVID-19 2025</t>
   </si>
   <si>
     <t>INDEKS ANCAMAN
 (MAX 0)</t>
   </si>
   <si>
     <t>INDEKS KERENTANAN
 (MAX 0)</t>
   </si>
   <si>
     <t>INDEKS KAPASITAS
 (MIN 0)</t>
   </si>
   <si>
     <t>INDEKS RISIKO
 (MAX 43)</t>
   </si>
   <si>
     <t>KLASIFIKASI RISIKO
 (Rata-Rata RENDAH)</t>
   </si>
   <si>
     <t>COVID-192025_Belu.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Ende.docx</t>
   </si>
   <si>
     <t>COVID-192025_Flores_Timur.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Kota_Kupang.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Kupang.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Lembata.pdf</t>
   </si>
   <si>
+    <t>COVID-192025_Malaka.pdf</t>
+  </si>
+  <si>
     <t>COVID-192025_Manggarai.pdf</t>
   </si>
   <si>
+    <t>COVID-192025_Manggarai_Barat.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Manggarai_Timur.pdf</t>
+  </si>
+  <si>
     <t>COVID-192025_Nagekeo.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Ngada.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Rote_Ndao.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Sabu_Raijua.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Sikka.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Sumba_Barat.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Sumba_Barat_Daya.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Sumba_Tengah.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Sumba_Timur.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Timor_Tengah_Selatan.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Timor_Tengah_Utara.pdf</t>
   </si>
   <si>
     <t>COVID-192025_Alor.docx</t>
   </si>
   <si>
     <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI MENINGITIS MENINGOKOKUS 2025</t>
   </si>
   <si>
     <t>INDEKS RISIKO
 (MAX 46)</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Ende.docx</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Kota_Kupang.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Kupang.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Manggarai.pdf</t>
   </si>
   <si>
+    <t>MENINGITIS_MENINGOKOKUS2025_Manggarai_Barat.pdf</t>
+  </si>
+  <si>
+    <t>MENINGITIS_MENINGOKOKUS2025_Manggarai_Timur.pdf</t>
+  </si>
+  <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Rote_Ndao.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Sumba_Barat_Daya.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Timor_Tengah_Utara.pdf</t>
   </si>
   <si>
     <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI AVIAN INFLUENZA 2025</t>
   </si>
   <si>
     <t>INDEKS RISIKO
 (MAX 48)</t>
   </si>
   <si>
     <t>AVIAN_INFLUENZA2025_Belu.pdf</t>
   </si>
   <si>
     <t>AVIAN_INFLUENZA2025_Flores_Timur.pdf</t>
   </si>
   <si>
     <t>AVIAN_INFLUENZA2025_Lembata.pdf</t>
   </si>
   <si>
+    <t>AVIAN_INFLUENZA2025_Malaka.pdf</t>
+  </si>
+  <si>
     <t>AVIAN_INFLUENZA2025_Nagekeo.pdf</t>
   </si>
   <si>
     <t>AVIAN_INFLUENZA2025_Ngada.pdf</t>
   </si>
   <si>
     <t>AVIAN_INFLUENZA2025_Sabu_Raijua.pdf</t>
   </si>
   <si>
     <t>AVIAN_INFLUENZA2025_Sikka.pdf</t>
   </si>
   <si>
     <t>AVIAN_INFLUENZA2025_Sumba_Barat.pdf</t>
   </si>
   <si>
     <t>AVIAN_INFLUENZA2025_Sumba_Tengah.pdf</t>
   </si>
   <si>
     <t>AVIAN_INFLUENZA2025_Sumba_Timur.pdf</t>
+  </si>
+  <si>
+    <t>AVIAN_INFLUENZA2025_Timor_Tengah_Selatan.pdf</t>
   </si>
   <si>
     <t>AVIAN_INFLUENZA2025_Alor.docx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1099,51 +1150,51 @@
   <dimension ref="A1:Z27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B27" sqref="B27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4.5703" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="10"/>
     <col min="3" max="3" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="17.567" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="9" t="s">
@@ -1612,90 +1663,90 @@
       </c>
       <c r="P12" s="5" t="s">
         <v>50</v>
       </c>
       <c r="Q12" s="5" t="s">
         <v>49</v>
       </c>
       <c r="R12" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="3">
         <v>8</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>52</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G13" s="5" t="s">
         <v>27</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="I13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J13" s="5" t="s">
         <v>23</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="L13" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M13" s="5" t="s">
         <v>19</v>
       </c>
       <c r="N13" s="5" t="s">
         <v>19</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="P13" s="5" t="s">
         <v>33</v>
       </c>
       <c r="Q13" s="5" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="R13" s="7" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="3">
         <v>9</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>54</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>55</v>
       </c>
       <c r="E14" s="5" t="s">
         <v>24</v>
       </c>
       <c r="F14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G14" s="5" t="s">
         <v>36</v>
       </c>
       <c r="H14" s="5" t="s">
@@ -1724,750 +1775,750 @@
       </c>
       <c r="P14" s="5" t="s">
         <v>19</v>
       </c>
       <c r="Q14" s="5" t="s">
         <v>19</v>
       </c>
       <c r="R14" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="3">
         <v>10</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>57</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>22</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>34</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="F15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G15" s="5" t="s">
         <v>34</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J15" s="5" t="s">
         <v>25</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>17</v>
       </c>
       <c r="M15" s="5" t="s">
         <v>25</v>
       </c>
       <c r="N15" s="5" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="O15" s="5" t="s">
         <v>19</v>
       </c>
       <c r="P15" s="5" t="s">
         <v>19</v>
       </c>
       <c r="Q15" s="5" t="s">
         <v>19</v>
       </c>
       <c r="R15" s="7" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="3">
         <v>11</v>
       </c>
       <c r="B16" s="9" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C16" s="8" t="s">
         <v>22</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>55</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G16" s="5" t="s">
         <v>50</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I16" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>19</v>
+        <v>62</v>
       </c>
       <c r="L16" s="6" t="s">
         <v>17</v>
       </c>
       <c r="M16" s="5" t="s">
         <v>49</v>
       </c>
       <c r="N16" s="5" t="s">
-        <v>19</v>
+        <v>62</v>
       </c>
       <c r="O16" s="5" t="s">
         <v>19</v>
       </c>
       <c r="P16" s="5" t="s">
         <v>19</v>
       </c>
       <c r="Q16" s="5" t="s">
         <v>19</v>
       </c>
       <c r="R16" s="7" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="3">
         <v>12</v>
       </c>
       <c r="B17" s="9" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>48</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="F17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G17" s="5" t="s">
         <v>48</v>
       </c>
       <c r="H17" s="5" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="I17" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J17" s="5" t="s">
         <v>48</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="L17" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M17" s="5" t="s">
         <v>19</v>
       </c>
       <c r="N17" s="5" t="s">
         <v>19</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>17</v>
       </c>
       <c r="P17" s="5" t="s">
         <v>48</v>
       </c>
       <c r="Q17" s="5" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="R17" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="3">
         <v>13</v>
       </c>
       <c r="B18" s="9" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C18" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="F18" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="I18" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J18" s="5" t="s">
         <v>25</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="L18" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M18" s="5" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="5" t="s">
         <v>19</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>17</v>
       </c>
       <c r="P18" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q18" s="5" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="R18" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="3">
         <v>14</v>
       </c>
       <c r="B19" s="9" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>22</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="F19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G19" s="5" t="s">
         <v>38</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J19" s="5" t="s">
         <v>44</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>17</v>
       </c>
       <c r="M19" s="5" t="s">
         <v>38</v>
       </c>
       <c r="N19" s="5" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="O19" s="5" t="s">
         <v>19</v>
       </c>
       <c r="P19" s="5" t="s">
         <v>19</v>
       </c>
       <c r="Q19" s="5" t="s">
         <v>19</v>
       </c>
       <c r="R19" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="3">
         <v>15</v>
       </c>
       <c r="B20" s="9" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C20" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="F20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G20" s="5" t="s">
         <v>41</v>
       </c>
       <c r="H20" s="5" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="I20" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="L20" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M20" s="5" t="s">
         <v>19</v>
       </c>
       <c r="N20" s="5" t="s">
         <v>19</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>17</v>
       </c>
       <c r="P20" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q20" s="5" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="R20" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="3">
         <v>16</v>
       </c>
       <c r="B21" s="9" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C21" s="8" t="s">
         <v>22</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G21" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H21" s="5" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="I21" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J21" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="K21" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="L21" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="M21" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="N21" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="O21" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="P21" s="5" t="s">
         <v>77</v>
       </c>
-      <c r="K21" s="5" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="Q21" s="5" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="R21" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="3">
         <v>17</v>
       </c>
       <c r="B22" s="9" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="F22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G22" s="5" t="s">
         <v>18</v>
       </c>
       <c r="H22" s="5" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="I22" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="L22" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M22" s="5" t="s">
         <v>19</v>
       </c>
       <c r="N22" s="5" t="s">
         <v>19</v>
       </c>
       <c r="O22" s="6" t="s">
         <v>17</v>
       </c>
       <c r="P22" s="5" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="Q22" s="5" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="R22" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="3">
         <v>18</v>
       </c>
       <c r="B23" s="9" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C23" s="8" t="s">
         <v>22</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>34</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="F23" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G23" s="5" t="s">
         <v>34</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J23" s="5" t="s">
         <v>34</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>17</v>
       </c>
       <c r="M23" s="5" t="s">
         <v>34</v>
       </c>
       <c r="N23" s="5" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="O23" s="5" t="s">
         <v>19</v>
       </c>
       <c r="P23" s="5" t="s">
         <v>19</v>
       </c>
       <c r="Q23" s="5" t="s">
         <v>19</v>
       </c>
       <c r="R23" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="3">
         <v>19</v>
       </c>
       <c r="B24" s="9" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="F24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G24" s="5" t="s">
         <v>23</v>
       </c>
       <c r="H24" s="5" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="I24" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J24" s="5" t="s">
         <v>55</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="L24" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M24" s="5" t="s">
         <v>19</v>
       </c>
       <c r="N24" s="5" t="s">
         <v>19</v>
       </c>
       <c r="O24" s="6" t="s">
         <v>17</v>
       </c>
       <c r="P24" s="5" t="s">
         <v>55</v>
       </c>
       <c r="Q24" s="5" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="R24" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="3">
         <v>20</v>
       </c>
       <c r="B25" s="9" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>50</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="F25" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G25" s="5" t="s">
         <v>50</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="I25" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J25" s="5" t="s">
         <v>52</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="L25" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M25" s="5" t="s">
         <v>19</v>
       </c>
       <c r="N25" s="5" t="s">
         <v>19</v>
       </c>
       <c r="O25" s="6" t="s">
         <v>17</v>
       </c>
       <c r="P25" s="5" t="s">
         <v>50</v>
       </c>
       <c r="Q25" s="5" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="R25" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="3">
         <v>21</v>
       </c>
       <c r="B26" s="9" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C26" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>19</v>
+        <v>91</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G26" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H26" s="5" t="s">
-        <v>19</v>
+        <v>91</v>
       </c>
       <c r="I26" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>25</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>19</v>
+        <v>91</v>
       </c>
       <c r="L26" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>19</v>
       </c>
       <c r="N26" s="5" t="s">
         <v>19</v>
       </c>
       <c r="O26" s="6" t="s">
         <v>17</v>
       </c>
       <c r="P26" s="5" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="Q26" s="5" t="s">
-        <v>19</v>
+        <v>91</v>
       </c>
       <c r="R26" s="7" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="3">
         <v>22</v>
       </c>
       <c r="B27" s="9" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G27" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H27" s="5" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J27" s="5" t="s">
         <v>25</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>17</v>
       </c>
       <c r="M27" s="5" t="s">
         <v>25</v>
       </c>
       <c r="N27" s="5" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="O27" s="5" t="s">
         <v>19</v>
       </c>
       <c r="P27" s="5" t="s">
         <v>19</v>
       </c>
       <c r="Q27" s="5" t="s">
         <v>19</v>
       </c>
       <c r="R27" s="7" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:E4"/>
     <mergeCell ref="F4:H4"/>
     <mergeCell ref="I4:K4"/>
     <mergeCell ref="L4:N4"/>
     <mergeCell ref="O4:Q4"/>
     <mergeCell ref="R4:R5"/>
   </mergeCells>
@@ -2484,1972 +2535,1992 @@
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z25"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H25" sqref="H25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4.5703" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="43.418" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="C3" s="11" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="D3" s="11" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="E3" s="11" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="F3" s="11" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="G3" s="11" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="5">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C4" s="5">
         <v>28</v>
       </c>
       <c r="D4" s="5">
         <v>51</v>
       </c>
       <c r="E4" s="5">
         <v>32</v>
       </c>
       <c r="F4" s="5">
         <v>44</v>
       </c>
       <c r="G4" s="12" t="s">
         <v>22</v>
       </c>
       <c r="H4" s="5" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="5">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C5" s="5">
         <v>28</v>
       </c>
       <c r="D5" s="5">
         <v>35</v>
       </c>
       <c r="E5" s="5">
         <v>18</v>
       </c>
       <c r="F5" s="5">
         <v>55</v>
       </c>
       <c r="G5" s="12" t="s">
         <v>22</v>
       </c>
       <c r="H5" s="5" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="5">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C6" s="5">
         <v>28</v>
       </c>
       <c r="D6" s="5">
         <v>38</v>
       </c>
       <c r="E6" s="5">
         <v>36</v>
       </c>
       <c r="F6" s="5">
         <v>30</v>
       </c>
       <c r="G6" s="12" t="s">
         <v>22</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="5">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C7" s="5">
         <v>35</v>
       </c>
       <c r="D7" s="5">
         <v>28</v>
       </c>
       <c r="E7" s="5">
         <v>55</v>
       </c>
       <c r="F7" s="5">
         <v>18</v>
       </c>
       <c r="G7" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="5">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C8" s="5">
         <v>28</v>
       </c>
       <c r="D8" s="5">
         <v>15</v>
       </c>
       <c r="E8" s="5">
         <v>43</v>
       </c>
       <c r="F8" s="5">
         <v>10</v>
       </c>
       <c r="G8" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="5" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="5">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C9" s="5">
         <v>28</v>
       </c>
       <c r="D9" s="5">
         <v>14</v>
       </c>
       <c r="E9" s="5">
         <v>36</v>
       </c>
       <c r="F9" s="5">
         <v>11</v>
       </c>
       <c r="G9" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="5">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C10" s="5">
         <v>28</v>
       </c>
       <c r="D10" s="5">
         <v>16</v>
       </c>
       <c r="E10" s="5">
         <v>53</v>
       </c>
       <c r="F10" s="5">
         <v>8</v>
       </c>
       <c r="G10" s="13" t="s">
         <v>14</v>
       </c>
-      <c r="H10" s="5"/>
+      <c r="H10" s="5" t="s">
+        <v>108</v>
+      </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="5">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C11" s="5">
         <v>29</v>
       </c>
       <c r="D11" s="5">
         <v>25</v>
       </c>
       <c r="E11" s="5">
         <v>74</v>
       </c>
       <c r="F11" s="5">
         <v>10</v>
       </c>
       <c r="G11" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="5">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C12" s="5">
         <v>29</v>
       </c>
       <c r="D12" s="5">
         <v>15</v>
       </c>
       <c r="E12" s="5">
         <v>8</v>
       </c>
       <c r="F12" s="5">
         <v>52</v>
       </c>
       <c r="G12" s="12" t="s">
         <v>22</v>
       </c>
-      <c r="H12" s="5"/>
+      <c r="H12" s="5" t="s">
+        <v>110</v>
+      </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="5">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C13" s="5">
         <v>28</v>
       </c>
       <c r="D13" s="5">
         <v>69</v>
       </c>
       <c r="E13" s="5">
         <v>12</v>
       </c>
       <c r="F13" s="5">
         <v>164</v>
       </c>
       <c r="G13" s="12" t="s">
         <v>22</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="5">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C14" s="5">
         <v>28</v>
       </c>
       <c r="D14" s="5">
         <v>16</v>
       </c>
       <c r="E14" s="5">
         <v>49</v>
       </c>
       <c r="F14" s="5">
         <v>9</v>
       </c>
       <c r="G14" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="5">
         <v>12</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C15" s="5">
         <v>29</v>
       </c>
       <c r="D15" s="5">
         <v>5</v>
       </c>
       <c r="E15" s="5">
         <v>37</v>
       </c>
       <c r="F15" s="5">
         <v>4</v>
       </c>
       <c r="G15" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="5">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C16" s="5">
         <v>28</v>
       </c>
       <c r="D16" s="5">
         <v>35</v>
       </c>
       <c r="E16" s="5">
         <v>28</v>
       </c>
       <c r="F16" s="5">
         <v>36</v>
       </c>
       <c r="G16" s="12" t="s">
         <v>22</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="5">
         <v>14</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C17" s="5">
         <v>28</v>
       </c>
       <c r="D17" s="5">
         <v>5</v>
       </c>
       <c r="E17" s="5">
         <v>36</v>
       </c>
       <c r="F17" s="5">
         <v>4</v>
       </c>
       <c r="G17" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="5" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="5">
         <v>15</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C18" s="5">
         <v>28</v>
       </c>
       <c r="D18" s="5">
         <v>32</v>
       </c>
       <c r="E18" s="5">
         <v>29</v>
       </c>
       <c r="F18" s="5">
         <v>31</v>
       </c>
       <c r="G18" s="12" t="s">
         <v>22</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="5">
         <v>16</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C19" s="5">
         <v>28</v>
       </c>
       <c r="D19" s="5">
         <v>22</v>
       </c>
       <c r="E19" s="5">
         <v>60</v>
       </c>
       <c r="F19" s="5">
         <v>10</v>
       </c>
       <c r="G19" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="5">
         <v>17</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C20" s="5">
         <v>29</v>
       </c>
       <c r="D20" s="5">
         <v>22</v>
       </c>
       <c r="E20" s="5">
         <v>15</v>
       </c>
       <c r="F20" s="5">
         <v>44</v>
       </c>
       <c r="G20" s="12" t="s">
         <v>22</v>
       </c>
       <c r="H20" s="5" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="5">
         <v>18</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C21" s="5">
         <v>28</v>
       </c>
       <c r="D21" s="5">
         <v>15</v>
       </c>
       <c r="E21" s="5">
         <v>37</v>
       </c>
       <c r="F21" s="5">
         <v>11</v>
       </c>
       <c r="G21" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H21" s="5" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="5">
         <v>19</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C22" s="5">
         <v>28</v>
       </c>
       <c r="D22" s="5">
         <v>15</v>
       </c>
       <c r="E22" s="5">
         <v>28</v>
       </c>
       <c r="F22" s="5">
         <v>15</v>
       </c>
       <c r="G22" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H22" s="5" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="5">
         <v>20</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C23" s="5">
         <v>28</v>
       </c>
       <c r="D23" s="5">
         <v>15</v>
       </c>
       <c r="E23" s="5">
         <v>58</v>
       </c>
       <c r="F23" s="5">
         <v>7</v>
       </c>
       <c r="G23" s="14" t="s">
         <v>17</v>
       </c>
-      <c r="H23" s="5"/>
+      <c r="H23" s="5" t="s">
+        <v>121</v>
+      </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="5">
         <v>21</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C24" s="5">
         <v>28</v>
       </c>
       <c r="D24" s="5">
         <v>39</v>
       </c>
       <c r="E24" s="5">
         <v>60</v>
       </c>
       <c r="F24" s="5">
         <v>18</v>
       </c>
       <c r="G24" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H24" s="5" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="5">
         <v>22</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="5">
         <v>28</v>
       </c>
       <c r="D25" s="5">
         <v>40</v>
       </c>
       <c r="E25" s="5">
         <v>56</v>
       </c>
       <c r="F25" s="5">
         <v>20</v>
       </c>
       <c r="G25" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z25"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H25" sqref="H25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4.5703" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="42.275" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="C3" s="11" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="D3" s="11" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="E3" s="11" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="F3" s="11" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="G3" s="11" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="5">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C4" s="5">
         <v>74</v>
       </c>
       <c r="D4" s="5">
         <v>50</v>
       </c>
       <c r="E4" s="5">
         <v>31</v>
       </c>
       <c r="F4" s="5">
         <v>119</v>
       </c>
       <c r="G4" s="12" t="s">
         <v>22</v>
       </c>
       <c r="H4" s="5" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="5">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C5" s="5">
         <v>74</v>
       </c>
       <c r="D5" s="5">
         <v>35</v>
       </c>
       <c r="E5" s="5">
         <v>30</v>
       </c>
       <c r="F5" s="5">
         <v>84</v>
       </c>
       <c r="G5" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H5" s="5" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="5">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C6" s="5">
         <v>74</v>
       </c>
       <c r="D6" s="5">
         <v>35</v>
       </c>
       <c r="E6" s="5">
         <v>36</v>
       </c>
       <c r="F6" s="5">
         <v>71</v>
       </c>
       <c r="G6" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="5">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C7" s="5">
         <v>76</v>
       </c>
       <c r="D7" s="5">
         <v>44</v>
       </c>
       <c r="E7" s="5">
         <v>34</v>
       </c>
       <c r="F7" s="5">
         <v>97</v>
       </c>
       <c r="G7" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="5">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C8" s="5">
         <v>74</v>
       </c>
       <c r="D8" s="5">
         <v>33</v>
       </c>
       <c r="E8" s="5">
         <v>35</v>
       </c>
       <c r="F8" s="5">
         <v>71</v>
       </c>
       <c r="G8" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="5" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="5">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C9" s="5">
         <v>74</v>
       </c>
       <c r="D9" s="5">
         <v>35</v>
       </c>
       <c r="E9" s="5">
         <v>1</v>
       </c>
       <c r="F9" s="5" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="G9" s="12" t="s">
         <v>22</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="5">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C10" s="5">
         <v>74</v>
       </c>
       <c r="D10" s="5">
         <v>35</v>
       </c>
       <c r="E10" s="5">
         <v>45</v>
       </c>
       <c r="F10" s="5">
         <v>56</v>
       </c>
       <c r="G10" s="13" t="s">
         <v>14</v>
       </c>
-      <c r="H10" s="5"/>
+      <c r="H10" s="5" t="s">
+        <v>136</v>
+      </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="5">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C11" s="5">
         <v>74</v>
       </c>
       <c r="D11" s="5">
         <v>43</v>
       </c>
       <c r="E11" s="5">
         <v>47</v>
       </c>
       <c r="F11" s="5">
         <v>67</v>
       </c>
       <c r="G11" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="5">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C12" s="5">
         <v>74</v>
       </c>
       <c r="D12" s="5">
         <v>33</v>
       </c>
       <c r="E12" s="5">
         <v>39</v>
       </c>
       <c r="F12" s="5">
         <v>64</v>
       </c>
       <c r="G12" s="13" t="s">
         <v>14</v>
       </c>
-      <c r="H12" s="5"/>
+      <c r="H12" s="5" t="s">
+        <v>138</v>
+      </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="5">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C13" s="5">
         <v>74</v>
       </c>
       <c r="D13" s="5">
         <v>28</v>
       </c>
       <c r="E13" s="5">
         <v>42</v>
       </c>
       <c r="F13" s="5">
         <v>49</v>
       </c>
       <c r="G13" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="5">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C14" s="5">
         <v>74</v>
       </c>
       <c r="D14" s="5">
         <v>35</v>
       </c>
       <c r="E14" s="5">
         <v>36</v>
       </c>
       <c r="F14" s="5">
         <v>71</v>
       </c>
       <c r="G14" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="5">
         <v>12</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C15" s="5">
         <v>74</v>
       </c>
       <c r="D15" s="5">
         <v>9</v>
       </c>
       <c r="E15" s="5">
         <v>44</v>
       </c>
       <c r="F15" s="5">
         <v>15</v>
       </c>
       <c r="G15" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="5">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C16" s="5">
         <v>74</v>
       </c>
       <c r="D16" s="5">
         <v>12</v>
       </c>
       <c r="E16" s="5">
         <v>16</v>
       </c>
       <c r="F16" s="5">
         <v>54</v>
       </c>
       <c r="G16" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="5">
         <v>14</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C17" s="5">
         <v>74</v>
       </c>
       <c r="D17" s="5">
         <v>26</v>
       </c>
       <c r="E17" s="5">
         <v>43</v>
       </c>
       <c r="F17" s="5">
         <v>45</v>
       </c>
       <c r="G17" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H17" s="5" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="5">
         <v>15</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C18" s="5">
         <v>74</v>
       </c>
       <c r="D18" s="5">
         <v>35</v>
       </c>
       <c r="E18" s="5">
         <v>26</v>
       </c>
       <c r="F18" s="5">
         <v>99</v>
       </c>
       <c r="G18" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="5">
         <v>16</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C19" s="5">
         <v>74</v>
       </c>
       <c r="D19" s="5">
         <v>20</v>
       </c>
       <c r="E19" s="5">
         <v>44</v>
       </c>
       <c r="F19" s="5">
         <v>33</v>
       </c>
       <c r="G19" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="5">
         <v>17</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C20" s="5">
         <v>74</v>
       </c>
       <c r="D20" s="5">
         <v>19</v>
       </c>
       <c r="E20" s="5">
         <v>11</v>
       </c>
       <c r="F20" s="5">
         <v>123</v>
       </c>
       <c r="G20" s="12" t="s">
         <v>22</v>
       </c>
       <c r="H20" s="5" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="5">
         <v>18</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C21" s="5">
         <v>74</v>
       </c>
       <c r="D21" s="5">
         <v>33</v>
       </c>
       <c r="E21" s="5">
         <v>35</v>
       </c>
       <c r="F21" s="5">
         <v>70</v>
       </c>
       <c r="G21" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H21" s="5" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="5">
         <v>19</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C22" s="5">
         <v>74</v>
       </c>
       <c r="D22" s="5">
         <v>33</v>
       </c>
       <c r="E22" s="5">
         <v>2</v>
       </c>
       <c r="F22" s="5" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="G22" s="12" t="s">
         <v>22</v>
       </c>
       <c r="H22" s="5" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="5">
         <v>20</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C23" s="5">
         <v>74</v>
       </c>
       <c r="D23" s="5">
         <v>33</v>
       </c>
       <c r="E23" s="5">
         <v>48</v>
       </c>
       <c r="F23" s="5">
         <v>51</v>
       </c>
       <c r="G23" s="13" t="s">
         <v>14</v>
       </c>
-      <c r="H23" s="5"/>
+      <c r="H23" s="5" t="s">
+        <v>150</v>
+      </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="5">
         <v>21</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C24" s="5">
         <v>74</v>
       </c>
       <c r="D24" s="5">
         <v>35</v>
       </c>
       <c r="E24" s="5">
         <v>53</v>
       </c>
       <c r="F24" s="5">
         <v>48</v>
       </c>
       <c r="G24" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H24" s="5" t="s">
-        <v>142</v>
+        <v>151</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="5">
         <v>22</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="5">
         <v>74</v>
       </c>
       <c r="D25" s="5">
         <v>26</v>
       </c>
       <c r="E25" s="5">
         <v>61</v>
       </c>
       <c r="F25" s="5">
         <v>31</v>
       </c>
       <c r="G25" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>143</v>
+        <v>152</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z25"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H25" sqref="H25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4.5703" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="C3" s="11" t="s">
-        <v>145</v>
+        <v>154</v>
       </c>
       <c r="D3" s="11" t="s">
-        <v>146</v>
+        <v>155</v>
       </c>
       <c r="E3" s="11" t="s">
-        <v>147</v>
+        <v>156</v>
       </c>
       <c r="F3" s="11" t="s">
-        <v>148</v>
+        <v>157</v>
       </c>
       <c r="G3" s="11" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="5">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C4" s="5">
         <v>46</v>
       </c>
       <c r="D4" s="5">
         <v>24</v>
       </c>
       <c r="E4" s="5">
         <v>61</v>
       </c>
       <c r="F4" s="5">
         <v>37</v>
       </c>
       <c r="G4" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="5" t="s">
-        <v>150</v>
+        <v>159</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="5">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C5" s="5">
         <v>19</v>
       </c>
       <c r="D5" s="5">
         <v>24</v>
       </c>
       <c r="E5" s="5">
         <v>59</v>
       </c>
       <c r="F5" s="5">
         <v>31</v>
       </c>
       <c r="G5" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="5" t="s">
-        <v>151</v>
+        <v>160</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="5">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C6" s="5">
         <v>18</v>
       </c>
       <c r="D6" s="5">
         <v>25</v>
       </c>
       <c r="E6" s="5">
         <v>67</v>
       </c>
       <c r="F6" s="5">
         <v>27</v>
       </c>
       <c r="G6" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>152</v>
+        <v>161</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="5">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C7" s="5">
         <v>20</v>
       </c>
       <c r="D7" s="5">
         <v>46</v>
       </c>
       <c r="E7" s="5">
         <v>46</v>
       </c>
       <c r="F7" s="5">
         <v>43</v>
       </c>
       <c r="G7" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="5">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C8" s="5">
         <v>18</v>
       </c>
       <c r="D8" s="5">
         <v>24</v>
       </c>
       <c r="E8" s="5">
         <v>60</v>
       </c>
       <c r="F8" s="5">
         <v>30</v>
       </c>
       <c r="G8" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="5" t="s">
-        <v>154</v>
+        <v>163</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="5">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C9" s="5">
         <v>15</v>
       </c>
       <c r="D9" s="5">
         <v>33</v>
       </c>
       <c r="E9" s="5">
         <v>55</v>
       </c>
       <c r="F9" s="5">
         <v>35</v>
       </c>
       <c r="G9" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="5">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C10" s="5">
         <v>44</v>
       </c>
       <c r="D10" s="5">
         <v>52</v>
       </c>
       <c r="E10" s="5">
         <v>67</v>
       </c>
       <c r="F10" s="5">
         <v>40</v>
       </c>
       <c r="G10" s="14" t="s">
         <v>17</v>
       </c>
-      <c r="H10" s="5"/>
+      <c r="H10" s="5" t="s">
+        <v>165</v>
+      </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="5">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C11" s="5">
         <v>26</v>
       </c>
       <c r="D11" s="5">
         <v>15</v>
       </c>
       <c r="E11" s="5">
         <v>88</v>
       </c>
       <c r="F11" s="5">
         <v>17</v>
       </c>
       <c r="G11" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="5">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C12" s="5">
         <v>28</v>
       </c>
       <c r="D12" s="5">
         <v>26</v>
       </c>
       <c r="E12" s="5">
         <v>54</v>
       </c>
       <c r="F12" s="5">
         <v>36</v>
       </c>
       <c r="G12" s="14" t="s">
         <v>17</v>
       </c>
-      <c r="H12" s="5"/>
+      <c r="H12" s="5" t="s">
+        <v>167</v>
+      </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="5">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C13" s="5">
         <v>35</v>
       </c>
       <c r="D13" s="5">
         <v>24</v>
       </c>
       <c r="E13" s="5">
         <v>54</v>
       </c>
       <c r="F13" s="5">
         <v>38</v>
       </c>
       <c r="G13" s="14" t="s">
         <v>17</v>
       </c>
-      <c r="H13" s="5"/>
+      <c r="H13" s="5" t="s">
+        <v>168</v>
+      </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="5">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C14" s="5">
         <v>16</v>
       </c>
       <c r="D14" s="5">
         <v>17</v>
       </c>
       <c r="E14" s="5">
         <v>83</v>
       </c>
       <c r="F14" s="5">
         <v>17</v>
       </c>
       <c r="G14" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>157</v>
+        <v>169</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="5">
         <v>12</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C15" s="5">
         <v>14</v>
       </c>
       <c r="D15" s="5">
         <v>24</v>
       </c>
       <c r="E15" s="5">
         <v>58</v>
       </c>
       <c r="F15" s="5">
         <v>30</v>
       </c>
       <c r="G15" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>158</v>
+        <v>170</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="5">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C16" s="5">
         <v>48</v>
       </c>
       <c r="D16" s="5">
         <v>12</v>
       </c>
       <c r="E16" s="5">
         <v>56</v>
       </c>
       <c r="F16" s="5">
         <v>37</v>
       </c>
       <c r="G16" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>159</v>
+        <v>171</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="5">
         <v>14</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C17" s="5">
         <v>17</v>
       </c>
       <c r="D17" s="5">
         <v>12</v>
       </c>
       <c r="E17" s="5">
         <v>61</v>
       </c>
       <c r="F17" s="5">
         <v>27</v>
       </c>
       <c r="G17" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="5" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="5">
         <v>15</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C18" s="5">
         <v>19</v>
       </c>
       <c r="D18" s="5">
         <v>39</v>
       </c>
       <c r="E18" s="5">
         <v>71</v>
       </c>
       <c r="F18" s="5">
         <v>29</v>
       </c>
       <c r="G18" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="5">
         <v>16</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C19" s="5">
         <v>19</v>
       </c>
       <c r="D19" s="5">
         <v>5</v>
       </c>
       <c r="E19" s="5">
         <v>77</v>
       </c>
       <c r="F19" s="5">
         <v>17</v>
       </c>
       <c r="G19" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>162</v>
+        <v>174</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="5">
         <v>17</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C20" s="5">
         <v>45</v>
       </c>
       <c r="D20" s="5">
         <v>18</v>
       </c>
       <c r="E20" s="5">
         <v>57</v>
       </c>
       <c r="F20" s="5">
         <v>37</v>
       </c>
       <c r="G20" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="5" t="s">
-        <v>163</v>
+        <v>175</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="5">
         <v>18</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C21" s="5">
         <v>14</v>
       </c>
       <c r="D21" s="5">
         <v>12</v>
       </c>
       <c r="E21" s="5">
         <v>57</v>
       </c>
       <c r="F21" s="5">
         <v>28</v>
       </c>
       <c r="G21" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H21" s="5" t="s">
-        <v>164</v>
+        <v>176</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="5">
         <v>19</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C22" s="5">
         <v>24</v>
       </c>
       <c r="D22" s="5">
         <v>60</v>
       </c>
       <c r="E22" s="5">
         <v>60</v>
       </c>
       <c r="F22" s="5">
         <v>41</v>
       </c>
       <c r="G22" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="5" t="s">
-        <v>165</v>
+        <v>177</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="5">
         <v>20</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C23" s="5">
         <v>13</v>
       </c>
       <c r="D23" s="5">
         <v>18</v>
       </c>
       <c r="E23" s="5">
         <v>70</v>
       </c>
       <c r="F23" s="5">
         <v>23</v>
       </c>
       <c r="G23" s="14" t="s">
         <v>17</v>
       </c>
-      <c r="H23" s="5"/>
+      <c r="H23" s="5" t="s">
+        <v>178</v>
+      </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="5">
         <v>21</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C24" s="5">
         <v>15</v>
       </c>
       <c r="D24" s="5">
         <v>12</v>
       </c>
       <c r="E24" s="5">
         <v>75</v>
       </c>
       <c r="F24" s="5">
         <v>19</v>
       </c>
       <c r="G24" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H24" s="5" t="s">
-        <v>166</v>
+        <v>179</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="5">
         <v>22</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="5">
         <v>25</v>
       </c>
       <c r="D25" s="5">
         <v>24</v>
       </c>
       <c r="E25" s="5">
         <v>88</v>
       </c>
       <c r="F25" s="5">
         <v>18</v>
       </c>
       <c r="G25" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>167</v>
+        <v>180</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z25"/>
   <sheetViews>
@@ -4467,181 +4538,181 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>168</v>
+        <v>181</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="C3" s="11" t="s">
-        <v>145</v>
+        <v>154</v>
       </c>
       <c r="D3" s="11" t="s">
-        <v>146</v>
+        <v>155</v>
       </c>
       <c r="E3" s="11" t="s">
-        <v>147</v>
+        <v>156</v>
       </c>
       <c r="F3" s="11" t="s">
-        <v>169</v>
+        <v>182</v>
       </c>
       <c r="G3" s="11" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="5">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C4" s="5">
         <v>0</v>
       </c>
       <c r="D4" s="15"/>
       <c r="E4" s="5"/>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="5">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C5" s="5">
         <v>16</v>
       </c>
       <c r="D5" s="5">
         <v>16</v>
       </c>
       <c r="E5" s="5">
         <v>37</v>
       </c>
       <c r="F5" s="5">
         <v>39</v>
       </c>
       <c r="G5" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="5" t="s">
-        <v>170</v>
+        <v>183</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="5">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C6" s="5">
         <v>0</v>
       </c>
       <c r="D6" s="15"/>
       <c r="E6" s="5"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="5">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C7" s="5">
         <v>27</v>
       </c>
       <c r="D7" s="5">
         <v>31</v>
       </c>
       <c r="E7" s="5">
         <v>38</v>
       </c>
       <c r="F7" s="5">
         <v>46</v>
       </c>
       <c r="G7" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>171</v>
+        <v>184</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="5">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C8" s="5">
         <v>14</v>
       </c>
       <c r="D8" s="5">
         <v>4</v>
       </c>
       <c r="E8" s="5">
         <v>56</v>
       </c>
       <c r="F8" s="5">
         <v>26</v>
       </c>
       <c r="G8" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="5" t="s">
-        <v>172</v>
+        <v>185</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="5">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C9" s="5">
         <v>0</v>
       </c>
       <c r="D9" s="15"/>
       <c r="E9" s="5"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="5">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C10" s="5">
         <v>0</v>
       </c>
@@ -4649,281 +4720,285 @@
       <c r="E10" s="5"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="5">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C11" s="5">
         <v>15</v>
       </c>
       <c r="D11" s="5">
         <v>19</v>
       </c>
       <c r="E11" s="5">
         <v>77</v>
       </c>
       <c r="F11" s="5">
         <v>20</v>
       </c>
       <c r="G11" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>173</v>
+        <v>186</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="5">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C12" s="5">
         <v>43</v>
       </c>
       <c r="D12" s="5">
         <v>16</v>
       </c>
       <c r="E12" s="5">
         <v>58</v>
       </c>
       <c r="F12" s="5">
         <v>36</v>
       </c>
       <c r="G12" s="14" t="s">
         <v>17</v>
       </c>
-      <c r="H12" s="5"/>
+      <c r="H12" s="5" t="s">
+        <v>187</v>
+      </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="5">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C13" s="5">
         <v>9</v>
       </c>
       <c r="D13" s="5">
         <v>2</v>
       </c>
       <c r="E13" s="5">
         <v>44</v>
       </c>
       <c r="F13" s="5">
         <v>31</v>
       </c>
       <c r="G13" s="14" t="s">
         <v>17</v>
       </c>
-      <c r="H13" s="5"/>
+      <c r="H13" s="5" t="s">
+        <v>188</v>
+      </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="5">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C14" s="5">
         <v>0</v>
       </c>
       <c r="D14" s="15"/>
       <c r="E14" s="5"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="5">
         <v>12</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C15" s="5">
         <v>0</v>
       </c>
       <c r="D15" s="15"/>
       <c r="E15" s="5"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="5">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C16" s="5">
         <v>13</v>
       </c>
       <c r="D16" s="5">
         <v>16</v>
       </c>
       <c r="E16" s="5">
         <v>42</v>
       </c>
       <c r="F16" s="5">
         <v>36</v>
       </c>
       <c r="G16" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>174</v>
+        <v>189</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="5">
         <v>14</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C17" s="5">
         <v>0</v>
       </c>
       <c r="D17" s="15"/>
       <c r="E17" s="5"/>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="5">
         <v>15</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C18" s="5">
         <v>0</v>
       </c>
       <c r="D18" s="15"/>
       <c r="E18" s="5"/>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="5">
         <v>16</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C19" s="5">
         <v>0</v>
       </c>
       <c r="D19" s="15"/>
       <c r="E19" s="5"/>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="5">
         <v>17</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C20" s="5">
         <v>13</v>
       </c>
       <c r="D20" s="5">
         <v>6</v>
       </c>
       <c r="E20" s="5">
         <v>42</v>
       </c>
       <c r="F20" s="5">
         <v>34</v>
       </c>
       <c r="G20" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="5" t="s">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="5">
         <v>18</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C21" s="5">
         <v>0</v>
       </c>
       <c r="D21" s="15"/>
       <c r="E21" s="5"/>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="5">
         <v>19</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C22" s="5">
         <v>0</v>
       </c>
       <c r="D22" s="15"/>
       <c r="E22" s="5"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="5">
         <v>20</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C23" s="5">
         <v>0</v>
       </c>
       <c r="D23" s="15"/>
       <c r="E23" s="5"/>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="5">
         <v>21</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C24" s="5">
         <v>22</v>
       </c>
       <c r="D24" s="5">
         <v>0</v>
       </c>
       <c r="E24" s="5">
         <v>69</v>
       </c>
       <c r="F24" s="5">
         <v>21</v>
       </c>
       <c r="G24" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H24" s="5" t="s">
-        <v>176</v>
+        <v>191</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="5">
         <v>22</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="5">
         <v>0</v>
       </c>
       <c r="D25" s="15"/>
       <c r="E25" s="5"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -4931,165 +5006,165 @@
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z25"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H25" sqref="H25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4.5703" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>177</v>
+        <v>192</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="C3" s="11" t="s">
-        <v>145</v>
+        <v>154</v>
       </c>
       <c r="D3" s="11" t="s">
-        <v>146</v>
+        <v>155</v>
       </c>
       <c r="E3" s="11" t="s">
-        <v>147</v>
+        <v>156</v>
       </c>
       <c r="F3" s="11" t="s">
-        <v>178</v>
+        <v>193</v>
       </c>
       <c r="G3" s="11" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="5">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C4" s="5">
         <v>47</v>
       </c>
       <c r="D4" s="5">
         <v>12</v>
       </c>
       <c r="E4" s="5">
         <v>35</v>
       </c>
       <c r="F4" s="5">
         <v>46</v>
       </c>
       <c r="G4" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="5" t="s">
-        <v>179</v>
+        <v>194</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="5">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C5" s="5">
         <v>0</v>
       </c>
       <c r="D5" s="15"/>
       <c r="E5" s="5"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="5">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C6" s="5">
         <v>12</v>
       </c>
       <c r="D6" s="5">
         <v>12</v>
       </c>
       <c r="E6" s="5">
         <v>60</v>
       </c>
       <c r="F6" s="5">
         <v>26</v>
       </c>
       <c r="G6" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="5">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C7" s="5">
         <v>0</v>
       </c>
       <c r="D7" s="15"/>
       <c r="E7" s="5"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="5">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C8" s="5">
         <v>39</v>
       </c>
@@ -5108,385 +5183,389 @@
       <c r="H8" s="5"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="5">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C9" s="5">
         <v>15</v>
       </c>
       <c r="D9" s="5">
         <v>12</v>
       </c>
       <c r="E9" s="5">
         <v>25</v>
       </c>
       <c r="F9" s="5">
         <v>44</v>
       </c>
       <c r="G9" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>181</v>
+        <v>196</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="5">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C10" s="5">
         <v>15</v>
       </c>
       <c r="D10" s="5">
         <v>12</v>
       </c>
       <c r="E10" s="5">
         <v>50</v>
       </c>
       <c r="F10" s="5">
         <v>31</v>
       </c>
       <c r="G10" s="14" t="s">
         <v>17</v>
       </c>
-      <c r="H10" s="5"/>
+      <c r="H10" s="5" t="s">
+        <v>197</v>
+      </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="5">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C11" s="5">
         <v>0</v>
       </c>
       <c r="D11" s="15"/>
       <c r="E11" s="5"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="5">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C12" s="5">
         <v>0</v>
       </c>
       <c r="D12" s="15"/>
       <c r="E12" s="5"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="5">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C13" s="5">
         <v>0</v>
       </c>
       <c r="D13" s="15"/>
       <c r="E13" s="5"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="5">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C14" s="5">
         <v>24</v>
       </c>
       <c r="D14" s="5">
         <v>12</v>
       </c>
       <c r="E14" s="5">
         <v>58</v>
       </c>
       <c r="F14" s="5">
         <v>29</v>
       </c>
       <c r="G14" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>182</v>
+        <v>198</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="5">
         <v>12</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C15" s="5">
         <v>14</v>
       </c>
       <c r="D15" s="5">
         <v>12</v>
       </c>
       <c r="E15" s="5">
         <v>71</v>
       </c>
       <c r="F15" s="5">
         <v>21</v>
       </c>
       <c r="G15" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>183</v>
+        <v>199</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="5">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C16" s="5">
         <v>0</v>
       </c>
       <c r="D16" s="15"/>
       <c r="E16" s="5"/>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="5">
         <v>14</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C17" s="5">
         <v>16</v>
       </c>
       <c r="D17" s="5">
         <v>12</v>
       </c>
       <c r="E17" s="5">
         <v>43</v>
       </c>
       <c r="F17" s="5">
         <v>35</v>
       </c>
       <c r="G17" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="5" t="s">
-        <v>184</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="5">
         <v>15</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C18" s="5">
         <v>22</v>
       </c>
       <c r="D18" s="5">
         <v>12</v>
       </c>
       <c r="E18" s="5">
         <v>44</v>
       </c>
       <c r="F18" s="5">
         <v>36</v>
       </c>
       <c r="G18" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>185</v>
+        <v>201</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="5">
         <v>16</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C19" s="5">
         <v>54</v>
       </c>
       <c r="D19" s="5">
         <v>12</v>
       </c>
       <c r="E19" s="5">
         <v>45</v>
       </c>
       <c r="F19" s="5">
         <v>42</v>
       </c>
       <c r="G19" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>186</v>
+        <v>202</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="5">
         <v>17</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C20" s="5">
         <v>0</v>
       </c>
       <c r="D20" s="15"/>
       <c r="E20" s="5"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="5">
         <v>18</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C21" s="5">
         <v>10</v>
       </c>
       <c r="D21" s="5">
         <v>12</v>
       </c>
       <c r="E21" s="5">
         <v>45</v>
       </c>
       <c r="F21" s="5">
         <v>33</v>
       </c>
       <c r="G21" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H21" s="5" t="s">
-        <v>187</v>
+        <v>203</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="5">
         <v>19</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C22" s="5">
         <v>47</v>
       </c>
       <c r="D22" s="5">
         <v>18</v>
       </c>
       <c r="E22" s="5">
         <v>34</v>
       </c>
       <c r="F22" s="5">
         <v>48</v>
       </c>
       <c r="G22" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="5" t="s">
-        <v>188</v>
+        <v>204</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="5">
         <v>20</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C23" s="5">
         <v>15</v>
       </c>
       <c r="D23" s="5">
         <v>12</v>
       </c>
       <c r="E23" s="5">
         <v>57</v>
       </c>
       <c r="F23" s="5">
         <v>28</v>
       </c>
       <c r="G23" s="14" t="s">
         <v>17</v>
       </c>
-      <c r="H23" s="5"/>
+      <c r="H23" s="5" t="s">
+        <v>205</v>
+      </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="5">
         <v>21</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C24" s="5">
         <v>0</v>
       </c>
       <c r="D24" s="15"/>
       <c r="E24" s="5"/>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="5">
         <v>22</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="5">
         <v>14</v>
       </c>
       <c r="D25" s="5">
         <v>0</v>
       </c>
       <c r="E25" s="5">
         <v>80</v>
       </c>
       <c r="F25" s="5">
         <v>13</v>
       </c>
       <c r="G25" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>189</v>
+        <v>206</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">