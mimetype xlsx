--- v1 (2025-12-22)
+++ v2 (2026-03-12)
@@ -12,294 +12,300 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="KELENGKAPAN" sheetId="1" r:id="rId4"/>
     <sheet name="POLIO" sheetId="2" r:id="rId5"/>
     <sheet name="MERS" sheetId="3" r:id="rId6"/>
-    <sheet name="COVID-19" sheetId="4" r:id="rId7"/>
+    <sheet name="AVIAN INFLUENZA" sheetId="4" r:id="rId7"/>
     <sheet name="MENINGITIS MENINGOKOKUS" sheetId="5" r:id="rId8"/>
-    <sheet name="AVIAN INFLUENZA" sheetId="6" r:id="rId9"/>
+    <sheet name="COVID-19" sheetId="6" r:id="rId9"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="209">
   <si>
     <t>KELENGKAPAN LAPORAN PEMETAAN RISIKO TH 2025</t>
   </si>
   <si>
     <t>Resume Capaian Provinsi Nusa Tenggara Timur (NTT)</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kota/Kab</t>
   </si>
   <si>
     <t>POLIO</t>
   </si>
   <si>
     <t>MERS</t>
   </si>
   <si>
+    <t>AVIAN INFLUENZA</t>
+  </si>
+  <si>
+    <t>MENINGITIS MENINGOKOKUS</t>
+  </si>
+  <si>
     <t>COVID-19</t>
   </si>
   <si>
-    <t>MENINGITIS MENINGOKOKUS</t>
-[...4 lines deleted...]
-  <si>
     <t>Keterangan</t>
   </si>
   <si>
     <t>KLASIFIKASI RISIKO</t>
   </si>
   <si>
     <t>TANGGAL LAPOR</t>
   </si>
   <si>
     <t>TANGGAL UPLOAD</t>
   </si>
   <si>
     <t>Alor</t>
   </si>
   <si>
     <t>SEDANG</t>
   </si>
   <si>
     <t>26 Mar 2025</t>
   </si>
   <si>
     <t>04 Sep 2025</t>
   </si>
   <si>
     <t>RENDAH</t>
   </si>
   <si>
+    <t>BELUM</t>
+  </si>
+  <si>
     <t>08 Apr 2025</t>
   </si>
   <si>
-    <t>BELUM</t>
-[...1 lines deleted...]
-  <si>
     <t>SUDAH LENGKAP</t>
   </si>
   <si>
     <t>Belu</t>
   </si>
   <si>
     <t>TINGGI</t>
   </si>
   <si>
     <t>25 Apr 2025</t>
   </si>
   <si>
     <t>22 Aug 2025</t>
   </si>
   <si>
     <t>02 Jun 2025</t>
   </si>
   <si>
     <t>Ende</t>
   </si>
   <si>
     <t>23 Apr 2025</t>
   </si>
   <si>
     <t>07 Aug 2025</t>
   </si>
   <si>
     <t>22 Jul 2025</t>
   </si>
   <si>
+    <t>BELUM LAPOR/BELUM LENGKAP</t>
+  </si>
+  <si>
     <t>Flores Timur</t>
   </si>
   <si>
     <t>29 Apr 2025</t>
   </si>
   <si>
     <t>02 Oct 2025</t>
   </si>
   <si>
     <t>19 May 2025</t>
   </si>
   <si>
     <t>28 May 2025</t>
   </si>
   <si>
     <t>Kota Kupang</t>
   </si>
   <si>
     <t>07 Mar 2025</t>
   </si>
   <si>
     <t>14 Jul 2025</t>
   </si>
   <si>
+    <t>DRAFT</t>
+  </si>
+  <si>
     <t>12 Mar 2025</t>
   </si>
   <si>
-    <t>DRAFT</t>
-[...1 lines deleted...]
-  <si>
     <t>Kupang</t>
   </si>
   <si>
     <t>20 Mar 2025</t>
   </si>
   <si>
     <t>01 Jun 2025</t>
   </si>
   <si>
     <t>19 Mar 2025</t>
   </si>
   <si>
+    <t>20 May 2025</t>
+  </si>
+  <si>
     <t>21 Mar 2025</t>
   </si>
   <si>
     <t>17 Oct 2025</t>
   </si>
   <si>
-    <t>20 May 2025</t>
+    <t>KURANG REKOMENDASI</t>
   </si>
   <si>
     <t>Lembata</t>
   </si>
   <si>
     <t>18 Mar 2025</t>
   </si>
   <si>
     <t>22 Sep 2025</t>
   </si>
   <si>
     <t>22 Apr 2025</t>
   </si>
   <si>
     <t>Malaka</t>
   </si>
   <si>
     <t>24 Apr 2025</t>
   </si>
   <si>
     <t>09 Nov 2025</t>
   </si>
   <si>
     <t>Manggarai</t>
   </si>
   <si>
     <t>28 Apr 2025</t>
   </si>
   <si>
     <t>15 Apr 2025</t>
   </si>
   <si>
     <t>Manggarai Barat</t>
   </si>
   <si>
     <t>16 Dec 2025</t>
   </si>
   <si>
     <t>Manggarai Timur</t>
   </si>
   <si>
     <t>31 Oct 2025</t>
   </si>
   <si>
+    <t>11 Nov 2025</t>
+  </si>
+  <si>
     <t>24 Sep 2025</t>
   </si>
   <si>
-    <t>11 Nov 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Nagekeo</t>
   </si>
   <si>
     <t>30 Jul 2025</t>
   </si>
   <si>
     <t>12 Aug 2025</t>
   </si>
   <si>
     <t>Ngada</t>
   </si>
   <si>
     <t>10 Jul 2025</t>
   </si>
   <si>
     <t>15 Jul 2025</t>
   </si>
   <si>
     <t>06 Aug 2025</t>
   </si>
   <si>
     <t>Rote Ndao</t>
   </si>
   <si>
     <t>10 Apr 2025</t>
   </si>
   <si>
     <t>16 Sep 2025</t>
   </si>
   <si>
     <t>Sabu Raijua</t>
   </si>
   <si>
     <t>03 Jun 2025</t>
   </si>
   <si>
     <t>10 Sep 2025</t>
   </si>
   <si>
+    <t>27 Mar 2025</t>
+  </si>
+  <si>
     <t>11 Mar 2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>27 Mar 2025</t>
   </si>
   <si>
     <t>Sikka</t>
   </si>
   <si>
     <t>06 Mar 2025</t>
   </si>
   <si>
     <t>23 Jun 2025</t>
   </si>
   <si>
     <t>30 Jun 2025</t>
   </si>
   <si>
     <t>Sumba Barat</t>
   </si>
   <si>
     <t>09 Apr 2025</t>
   </si>
   <si>
     <t>31 Jul 2025</t>
   </si>
   <si>
     <t>Sumba Barat Daya</t>
   </si>
@@ -492,217 +498,217 @@
   <si>
     <t>MERS2025_Sumba_Barat.pdf</t>
   </si>
   <si>
     <t>MERS2025_Sumba_Barat_Daya.pdf</t>
   </si>
   <si>
     <t>MERS2025_Sumba_Tengah.pdf</t>
   </si>
   <si>
     <t>1,015</t>
   </si>
   <si>
     <t>MERS2025_Sumba_Timur.pdf</t>
   </si>
   <si>
     <t>MERS2025_Timor_Tengah_Selatan.pdf</t>
   </si>
   <si>
     <t>MERS2025_Timor_Tengah_Utara.pdf</t>
   </si>
   <si>
     <t>MERS2025_Alor.docx</t>
   </si>
   <si>
-    <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI COVID-19 2025</t>
+    <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI AVIAN INFLUENZA 2025</t>
   </si>
   <si>
     <t>INDEKS ANCAMAN
 (MAX 0)</t>
   </si>
   <si>
     <t>INDEKS KERENTANAN
 (MAX 0)</t>
   </si>
   <si>
     <t>INDEKS KAPASITAS
 (MIN 0)</t>
   </si>
   <si>
     <t>INDEKS RISIKO
-(MAX 43)</t>
+(MAX 48)</t>
   </si>
   <si>
     <t>KLASIFIKASI RISIKO
 (Rata-Rata RENDAH)</t>
   </si>
   <si>
-    <t>COVID-192025_Belu.pdf</t>
-[...62 lines deleted...]
-    <t>COVID-192025_Alor.docx</t>
+    <t>AVIAN_INFLUENZA2025_Belu.pdf</t>
+  </si>
+  <si>
+    <t>AVIAN_INFLUENZA2025_Flores_Timur.pdf</t>
+  </si>
+  <si>
+    <t>AVIAN_INFLUENZA2025_Lembata.pdf</t>
+  </si>
+  <si>
+    <t>AVIAN_INFLUENZA2025_Malaka.pdf</t>
+  </si>
+  <si>
+    <t>AVIAN_INFLUENZA2025_Nagekeo.pdf</t>
+  </si>
+  <si>
+    <t>AVIAN_INFLUENZA2025_Ngada.pdf</t>
+  </si>
+  <si>
+    <t>AVIAN_INFLUENZA2025_Sabu_Raijua.pdf</t>
+  </si>
+  <si>
+    <t>AVIAN_INFLUENZA2025_Sikka.pdf</t>
+  </si>
+  <si>
+    <t>AVIAN_INFLUENZA2025_Sumba_Barat.pdf</t>
+  </si>
+  <si>
+    <t>AVIAN_INFLUENZA2025_Sumba_Tengah.pdf</t>
+  </si>
+  <si>
+    <t>AVIAN_INFLUENZA2025_Sumba_Timur.pdf</t>
+  </si>
+  <si>
+    <t>AVIAN_INFLUENZA2025_Timor_Tengah_Selatan.pdf</t>
+  </si>
+  <si>
+    <t>AVIAN_INFLUENZA2025_Alor.docx</t>
   </si>
   <si>
     <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI MENINGITIS MENINGOKOKUS 2025</t>
   </si>
   <si>
     <t>INDEKS RISIKO
 (MAX 46)</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Ende.docx</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Kota_Kupang.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Kupang.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Manggarai.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Manggarai_Barat.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Manggarai_Timur.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Rote_Ndao.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Sumba_Barat_Daya.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Timor_Tengah_Utara.pdf</t>
   </si>
   <si>
-    <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI AVIAN INFLUENZA 2025</t>
+    <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI COVID-19 2025</t>
   </si>
   <si>
     <t>INDEKS RISIKO
-(MAX 48)</t>
-[...38 lines deleted...]
-    <t>AVIAN_INFLUENZA2025_Alor.docx</t>
+(MAX 43)</t>
+  </si>
+  <si>
+    <t>COVID-192025_Belu.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Ende.docx</t>
+  </si>
+  <si>
+    <t>COVID-192025_Flores_Timur.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Kota_Kupang.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Kupang.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Lembata.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Malaka.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Manggarai.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Manggarai_Barat.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Manggarai_Timur.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Nagekeo.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Ngada.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Rote_Ndao.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Sabu_Raijua.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Sikka.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Sumba_Barat.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Sumba_Barat_Daya.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Sumba_Tengah.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Sumba_Timur.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Timor_Tengah_Selatan.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Timor_Tengah_Utara.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Alor.docx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="24"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1150,51 +1156,51 @@
   <dimension ref="A1:Z27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B27" sqref="B27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4.5703" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="10"/>
     <col min="3" max="3" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="17.567" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="9" t="s">
@@ -1286,1251 +1292,1251 @@
       <c r="B6" s="9" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G6" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>16</v>
       </c>
       <c r="L6" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="M6" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N6" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O6" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="P6" s="5" t="s">
         <v>19</v>
-      </c>
-[...10 lines deleted...]
-        <v>15</v>
       </c>
       <c r="Q6" s="5" t="s">
         <v>16</v>
       </c>
       <c r="R6" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="3">
         <v>2</v>
       </c>
       <c r="B7" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>22</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>24</v>
       </c>
       <c r="F7" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G7" s="5" t="s">
         <v>23</v>
       </c>
       <c r="H7" s="5" t="s">
         <v>24</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>24</v>
       </c>
       <c r="L7" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="N7" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>17</v>
       </c>
       <c r="P7" s="5" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="Q7" s="5" t="s">
         <v>24</v>
       </c>
       <c r="R7" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="3">
         <v>3</v>
       </c>
       <c r="B8" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C8" s="8" t="s">
         <v>22</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>28</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G8" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H8" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="I8" s="6" t="s">
-        <v>17</v>
+      <c r="I8" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="L8" s="6" t="s">
         <v>17</v>
       </c>
       <c r="M8" s="5" t="s">
         <v>29</v>
       </c>
       <c r="N8" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="O8" s="5" t="s">
-        <v>19</v>
+      <c r="O8" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="P8" s="5" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="Q8" s="5" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="R8" s="7" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="3">
         <v>4</v>
       </c>
       <c r="B9" s="9" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C9" s="8" t="s">
         <v>22</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G9" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H9" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="H9" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I9" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J9" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K9" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="L9" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="M9" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N9" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O9" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="P9" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="K9" s="5" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="Q9" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R9" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="3">
         <v>5</v>
       </c>
       <c r="B10" s="9" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E10" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="F10" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G10" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="F10" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H10" s="5" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>38</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>39</v>
       </c>
       <c r="J10" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K10" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="M10" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="N10" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="K10" s="5" t="s">
-[...5 lines deleted...]
-      <c r="M10" s="5" t="s">
+      <c r="O10" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="P10" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q10" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="N10" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="R10" s="7" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="3">
         <v>6</v>
       </c>
       <c r="B11" s="9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G11" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H11" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="H11" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J11" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K11" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="L11" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M11" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="N11" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="O11" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="P11" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="K11" s="5" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="Q11" s="5" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="R11" s="7" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="3">
         <v>7</v>
       </c>
       <c r="B12" s="9" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="F12" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G12" s="5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I12" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="L12" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="N12" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>17</v>
       </c>
       <c r="P12" s="5" t="s">
         <v>50</v>
       </c>
       <c r="Q12" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="R12" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="3">
         <v>8</v>
       </c>
       <c r="B13" s="9" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G13" s="5" t="s">
         <v>27</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="I13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J13" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K13" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="L13" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="M13" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N13" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O13" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="P13" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="K13" s="5" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="Q13" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="R13" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="3">
         <v>9</v>
       </c>
       <c r="B14" s="9" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="E14" s="5" t="s">
         <v>24</v>
       </c>
       <c r="F14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G14" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H14" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="I14" s="6" t="s">
-        <v>17</v>
+      <c r="I14" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L14" s="6" t="s">
         <v>17</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="N14" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="O14" s="5" t="s">
-        <v>19</v>
+      <c r="O14" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="P14" s="5" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="Q14" s="5" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="R14" s="7" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="3">
         <v>10</v>
       </c>
       <c r="B15" s="9" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>22</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="F15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G15" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>60</v>
+      </c>
+      <c r="I15" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>17</v>
       </c>
       <c r="M15" s="5" t="s">
         <v>25</v>
       </c>
       <c r="N15" s="5" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>60</v>
+      </c>
+      <c r="O15" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="P15" s="5" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="Q15" s="5" t="s">
-        <v>19</v>
+        <v>60</v>
       </c>
       <c r="R15" s="7" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="3">
         <v>11</v>
       </c>
       <c r="B16" s="9" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C16" s="8" t="s">
         <v>22</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="F16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G16" s="5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>62</v>
+      </c>
+      <c r="I16" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>61</v>
+        <v>18</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>62</v>
+        <v>18</v>
       </c>
       <c r="L16" s="6" t="s">
         <v>17</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="N16" s="5" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>63</v>
+      </c>
+      <c r="O16" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="P16" s="5" t="s">
-        <v>19</v>
+        <v>64</v>
       </c>
       <c r="Q16" s="5" t="s">
-        <v>19</v>
+        <v>63</v>
       </c>
       <c r="R16" s="7" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="3">
         <v>12</v>
       </c>
       <c r="B17" s="9" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="F17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G17" s="5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="H17" s="5" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="I17" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="L17" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="N17" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>17</v>
       </c>
       <c r="P17" s="5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="Q17" s="5" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="R17" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="3">
         <v>13</v>
       </c>
       <c r="B18" s="9" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C18" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="F18" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="I18" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J18" s="5" t="s">
         <v>25</v>
       </c>
       <c r="K18" s="5" t="s">
         <v>69</v>
       </c>
       <c r="L18" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="N18" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>17</v>
       </c>
       <c r="P18" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q18" s="5" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="R18" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="3">
         <v>14</v>
       </c>
       <c r="B19" s="9" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>22</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="F19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G19" s="5" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>74</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>17</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="N19" s="5" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>74</v>
+      </c>
+      <c r="O19" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="P19" s="5" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="Q19" s="5" t="s">
-        <v>19</v>
+        <v>74</v>
       </c>
       <c r="R19" s="7" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="3">
         <v>15</v>
       </c>
       <c r="B20" s="9" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C20" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="F20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G20" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H20" s="5" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="I20" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="L20" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="N20" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>17</v>
       </c>
       <c r="P20" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q20" s="5" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="R20" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="3">
         <v>16</v>
       </c>
       <c r="B21" s="9" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C21" s="8" t="s">
         <v>22</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G21" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H21" s="5" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I21" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="K21" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="L21" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="M21" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N21" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O21" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="P21" s="5" t="s">
         <v>81</v>
       </c>
-      <c r="L21" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="Q21" s="5" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="R21" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="3">
         <v>17</v>
       </c>
       <c r="B22" s="9" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="F22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G22" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H22" s="5" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="I22" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="L22" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="N22" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="O22" s="6" t="s">
         <v>17</v>
       </c>
       <c r="P22" s="5" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="Q22" s="5" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="R22" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="3">
         <v>18</v>
       </c>
       <c r="B23" s="9" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C23" s="8" t="s">
         <v>22</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="F23" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G23" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>88</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>86</v>
+        <v>18</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>17</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="N23" s="5" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>88</v>
+      </c>
+      <c r="O23" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="P23" s="5" t="s">
-        <v>19</v>
+        <v>35</v>
       </c>
       <c r="Q23" s="5" t="s">
-        <v>19</v>
+        <v>88</v>
       </c>
       <c r="R23" s="7" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="3">
         <v>19</v>
       </c>
       <c r="B24" s="9" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="F24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G24" s="5" t="s">
         <v>23</v>
       </c>
       <c r="H24" s="5" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I24" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="L24" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="N24" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="O24" s="6" t="s">
         <v>17</v>
       </c>
       <c r="P24" s="5" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="Q24" s="5" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="R24" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="3">
         <v>20</v>
       </c>
       <c r="B25" s="9" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="F25" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G25" s="5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="I25" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J25" s="5" t="s">
         <v>52</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="L25" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="N25" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="O25" s="6" t="s">
         <v>17</v>
       </c>
       <c r="P25" s="5" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Q25" s="5" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="R25" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="3">
         <v>21</v>
       </c>
       <c r="B26" s="9" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C26" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G26" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H26" s="5" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="I26" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J26" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="K26" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="L26" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="M26" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N26" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O26" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="P26" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="K26" s="5" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="Q26" s="5" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="R26" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="3">
         <v>22</v>
       </c>
       <c r="B27" s="9" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G27" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H27" s="5" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>88</v>
+      </c>
+      <c r="I27" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>86</v>
+        <v>18</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>17</v>
       </c>
       <c r="M27" s="5" t="s">
         <v>25</v>
       </c>
       <c r="N27" s="5" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>88</v>
+      </c>
+      <c r="O27" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="P27" s="5" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="Q27" s="5" t="s">
-        <v>19</v>
+        <v>88</v>
       </c>
       <c r="R27" s="7" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:E4"/>
     <mergeCell ref="F4:H4"/>
     <mergeCell ref="I4:K4"/>
     <mergeCell ref="L4:N4"/>
     <mergeCell ref="O4:Q4"/>
     <mergeCell ref="R4:R5"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
@@ -2558,649 +2564,649 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="43.418" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C3" s="11" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D3" s="11" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E3" s="11" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="F3" s="11" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="G3" s="11" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="5">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C4" s="5">
         <v>28</v>
       </c>
       <c r="D4" s="5">
         <v>51</v>
       </c>
       <c r="E4" s="5">
         <v>32</v>
       </c>
       <c r="F4" s="5">
         <v>44</v>
       </c>
       <c r="G4" s="12" t="s">
         <v>22</v>
       </c>
       <c r="H4" s="5" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="5">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C5" s="5">
         <v>28</v>
       </c>
       <c r="D5" s="5">
         <v>35</v>
       </c>
       <c r="E5" s="5">
         <v>18</v>
       </c>
       <c r="F5" s="5">
         <v>55</v>
       </c>
       <c r="G5" s="12" t="s">
         <v>22</v>
       </c>
       <c r="H5" s="5" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="5">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C6" s="5">
         <v>28</v>
       </c>
       <c r="D6" s="5">
         <v>38</v>
       </c>
       <c r="E6" s="5">
         <v>36</v>
       </c>
       <c r="F6" s="5">
         <v>30</v>
       </c>
       <c r="G6" s="12" t="s">
         <v>22</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="5">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C7" s="5">
         <v>35</v>
       </c>
       <c r="D7" s="5">
         <v>28</v>
       </c>
       <c r="E7" s="5">
         <v>55</v>
       </c>
       <c r="F7" s="5">
         <v>18</v>
       </c>
       <c r="G7" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="5">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C8" s="5">
         <v>28</v>
       </c>
       <c r="D8" s="5">
         <v>15</v>
       </c>
       <c r="E8" s="5">
         <v>43</v>
       </c>
       <c r="F8" s="5">
         <v>10</v>
       </c>
       <c r="G8" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="5" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="5">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C9" s="5">
         <v>28</v>
       </c>
       <c r="D9" s="5">
         <v>14</v>
       </c>
       <c r="E9" s="5">
         <v>36</v>
       </c>
       <c r="F9" s="5">
         <v>11</v>
       </c>
       <c r="G9" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="5">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C10" s="5">
         <v>28</v>
       </c>
       <c r="D10" s="5">
         <v>16</v>
       </c>
       <c r="E10" s="5">
         <v>53</v>
       </c>
       <c r="F10" s="5">
         <v>8</v>
       </c>
       <c r="G10" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="5">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C11" s="5">
         <v>29</v>
       </c>
       <c r="D11" s="5">
         <v>25</v>
       </c>
       <c r="E11" s="5">
         <v>74</v>
       </c>
       <c r="F11" s="5">
         <v>10</v>
       </c>
       <c r="G11" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="5">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C12" s="5">
         <v>29</v>
       </c>
       <c r="D12" s="5">
         <v>15</v>
       </c>
       <c r="E12" s="5">
         <v>8</v>
       </c>
       <c r="F12" s="5">
         <v>52</v>
       </c>
       <c r="G12" s="12" t="s">
         <v>22</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="5">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C13" s="5">
         <v>28</v>
       </c>
       <c r="D13" s="5">
         <v>69</v>
       </c>
       <c r="E13" s="5">
         <v>12</v>
       </c>
       <c r="F13" s="5">
         <v>164</v>
       </c>
       <c r="G13" s="12" t="s">
         <v>22</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="5">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C14" s="5">
         <v>28</v>
       </c>
       <c r="D14" s="5">
         <v>16</v>
       </c>
       <c r="E14" s="5">
         <v>49</v>
       </c>
       <c r="F14" s="5">
         <v>9</v>
       </c>
       <c r="G14" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="5">
         <v>12</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C15" s="5">
         <v>29</v>
       </c>
       <c r="D15" s="5">
         <v>5</v>
       </c>
       <c r="E15" s="5">
         <v>37</v>
       </c>
       <c r="F15" s="5">
         <v>4</v>
       </c>
       <c r="G15" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="5">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C16" s="5">
         <v>28</v>
       </c>
       <c r="D16" s="5">
         <v>35</v>
       </c>
       <c r="E16" s="5">
         <v>28</v>
       </c>
       <c r="F16" s="5">
         <v>36</v>
       </c>
       <c r="G16" s="12" t="s">
         <v>22</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="5">
         <v>14</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C17" s="5">
         <v>28</v>
       </c>
       <c r="D17" s="5">
         <v>5</v>
       </c>
       <c r="E17" s="5">
         <v>36</v>
       </c>
       <c r="F17" s="5">
         <v>4</v>
       </c>
       <c r="G17" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="5" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="5">
         <v>15</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C18" s="5">
         <v>28</v>
       </c>
       <c r="D18" s="5">
         <v>32</v>
       </c>
       <c r="E18" s="5">
         <v>29</v>
       </c>
       <c r="F18" s="5">
         <v>31</v>
       </c>
       <c r="G18" s="12" t="s">
         <v>22</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="5">
         <v>16</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C19" s="5">
         <v>28</v>
       </c>
       <c r="D19" s="5">
         <v>22</v>
       </c>
       <c r="E19" s="5">
         <v>60</v>
       </c>
       <c r="F19" s="5">
         <v>10</v>
       </c>
       <c r="G19" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="5">
         <v>17</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C20" s="5">
         <v>29</v>
       </c>
       <c r="D20" s="5">
         <v>22</v>
       </c>
       <c r="E20" s="5">
         <v>15</v>
       </c>
       <c r="F20" s="5">
         <v>44</v>
       </c>
       <c r="G20" s="12" t="s">
         <v>22</v>
       </c>
       <c r="H20" s="5" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="5">
         <v>18</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C21" s="5">
         <v>28</v>
       </c>
       <c r="D21" s="5">
         <v>15</v>
       </c>
       <c r="E21" s="5">
         <v>37</v>
       </c>
       <c r="F21" s="5">
         <v>11</v>
       </c>
       <c r="G21" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H21" s="5" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="5">
         <v>19</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C22" s="5">
         <v>28</v>
       </c>
       <c r="D22" s="5">
         <v>15</v>
       </c>
       <c r="E22" s="5">
         <v>28</v>
       </c>
       <c r="F22" s="5">
         <v>15</v>
       </c>
       <c r="G22" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H22" s="5" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="5">
         <v>20</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C23" s="5">
         <v>28</v>
       </c>
       <c r="D23" s="5">
         <v>15</v>
       </c>
       <c r="E23" s="5">
         <v>58</v>
       </c>
       <c r="F23" s="5">
         <v>7</v>
       </c>
       <c r="G23" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="5">
         <v>21</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C24" s="5">
         <v>28</v>
       </c>
       <c r="D24" s="5">
         <v>39</v>
       </c>
       <c r="E24" s="5">
         <v>60</v>
       </c>
       <c r="F24" s="5">
         <v>18</v>
       </c>
       <c r="G24" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H24" s="5" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="5">
         <v>22</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="5">
         <v>28</v>
       </c>
       <c r="D25" s="5">
         <v>40</v>
       </c>
       <c r="E25" s="5">
         <v>56</v>
       </c>
       <c r="F25" s="5">
         <v>20</v>
       </c>
       <c r="G25" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z25"/>
   <sheetViews>
@@ -3218,1309 +3224,1203 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="42.275" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C3" s="11" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D3" s="11" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="E3" s="11" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="F3" s="11" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="G3" s="11" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="5">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C4" s="5">
         <v>74</v>
       </c>
       <c r="D4" s="5">
         <v>50</v>
       </c>
       <c r="E4" s="5">
         <v>31</v>
       </c>
       <c r="F4" s="5">
         <v>119</v>
       </c>
       <c r="G4" s="12" t="s">
         <v>22</v>
       </c>
       <c r="H4" s="5" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="5">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C5" s="5">
         <v>74</v>
       </c>
       <c r="D5" s="5">
         <v>35</v>
       </c>
       <c r="E5" s="5">
         <v>30</v>
       </c>
       <c r="F5" s="5">
         <v>84</v>
       </c>
       <c r="G5" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H5" s="5" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="5">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C6" s="5">
         <v>74</v>
       </c>
       <c r="D6" s="5">
         <v>35</v>
       </c>
       <c r="E6" s="5">
         <v>36</v>
       </c>
       <c r="F6" s="5">
         <v>71</v>
       </c>
       <c r="G6" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="5">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C7" s="5">
         <v>76</v>
       </c>
       <c r="D7" s="5">
         <v>44</v>
       </c>
       <c r="E7" s="5">
         <v>34</v>
       </c>
       <c r="F7" s="5">
         <v>97</v>
       </c>
       <c r="G7" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="5">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C8" s="5">
         <v>74</v>
       </c>
       <c r="D8" s="5">
         <v>33</v>
       </c>
       <c r="E8" s="5">
         <v>35</v>
       </c>
       <c r="F8" s="5">
         <v>71</v>
       </c>
       <c r="G8" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="5" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="5">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C9" s="5">
         <v>74</v>
       </c>
       <c r="D9" s="5">
         <v>35</v>
       </c>
       <c r="E9" s="5">
         <v>1</v>
       </c>
       <c r="F9" s="5" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="G9" s="12" t="s">
         <v>22</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="5">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C10" s="5">
         <v>74</v>
       </c>
       <c r="D10" s="5">
         <v>35</v>
       </c>
       <c r="E10" s="5">
         <v>45</v>
       </c>
       <c r="F10" s="5">
         <v>56</v>
       </c>
       <c r="G10" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="5">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C11" s="5">
         <v>74</v>
       </c>
       <c r="D11" s="5">
         <v>43</v>
       </c>
       <c r="E11" s="5">
         <v>47</v>
       </c>
       <c r="F11" s="5">
         <v>67</v>
       </c>
       <c r="G11" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="5">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C12" s="5">
         <v>74</v>
       </c>
       <c r="D12" s="5">
         <v>33</v>
       </c>
       <c r="E12" s="5">
         <v>39</v>
       </c>
       <c r="F12" s="5">
         <v>64</v>
       </c>
       <c r="G12" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="5">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C13" s="5">
         <v>74</v>
       </c>
       <c r="D13" s="5">
         <v>28</v>
       </c>
       <c r="E13" s="5">
         <v>42</v>
       </c>
       <c r="F13" s="5">
         <v>49</v>
       </c>
       <c r="G13" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="5">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C14" s="5">
         <v>74</v>
       </c>
       <c r="D14" s="5">
         <v>35</v>
       </c>
       <c r="E14" s="5">
         <v>36</v>
       </c>
       <c r="F14" s="5">
         <v>71</v>
       </c>
       <c r="G14" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="5">
         <v>12</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C15" s="5">
         <v>74</v>
       </c>
       <c r="D15" s="5">
         <v>9</v>
       </c>
       <c r="E15" s="5">
         <v>44</v>
       </c>
       <c r="F15" s="5">
         <v>15</v>
       </c>
       <c r="G15" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="5">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C16" s="5">
         <v>74</v>
       </c>
       <c r="D16" s="5">
         <v>12</v>
       </c>
       <c r="E16" s="5">
         <v>16</v>
       </c>
       <c r="F16" s="5">
         <v>54</v>
       </c>
       <c r="G16" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="5">
         <v>14</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C17" s="5">
         <v>74</v>
       </c>
       <c r="D17" s="5">
         <v>26</v>
       </c>
       <c r="E17" s="5">
         <v>43</v>
       </c>
       <c r="F17" s="5">
         <v>45</v>
       </c>
       <c r="G17" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H17" s="5" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="5">
         <v>15</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C18" s="5">
         <v>74</v>
       </c>
       <c r="D18" s="5">
         <v>35</v>
       </c>
       <c r="E18" s="5">
         <v>26</v>
       </c>
       <c r="F18" s="5">
         <v>99</v>
       </c>
       <c r="G18" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="5">
         <v>16</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C19" s="5">
         <v>74</v>
       </c>
       <c r="D19" s="5">
         <v>20</v>
       </c>
       <c r="E19" s="5">
         <v>44</v>
       </c>
       <c r="F19" s="5">
         <v>33</v>
       </c>
       <c r="G19" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="5">
         <v>17</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C20" s="5">
         <v>74</v>
       </c>
       <c r="D20" s="5">
         <v>19</v>
       </c>
       <c r="E20" s="5">
         <v>11</v>
       </c>
       <c r="F20" s="5">
         <v>123</v>
       </c>
       <c r="G20" s="12" t="s">
         <v>22</v>
       </c>
       <c r="H20" s="5" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="5">
         <v>18</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C21" s="5">
         <v>74</v>
       </c>
       <c r="D21" s="5">
         <v>33</v>
       </c>
       <c r="E21" s="5">
         <v>35</v>
       </c>
       <c r="F21" s="5">
         <v>70</v>
       </c>
       <c r="G21" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H21" s="5" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="5">
         <v>19</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C22" s="5">
         <v>74</v>
       </c>
       <c r="D22" s="5">
         <v>33</v>
       </c>
       <c r="E22" s="5">
         <v>2</v>
       </c>
       <c r="F22" s="5" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="G22" s="12" t="s">
         <v>22</v>
       </c>
       <c r="H22" s="5" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="5">
         <v>20</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C23" s="5">
         <v>74</v>
       </c>
       <c r="D23" s="5">
         <v>33</v>
       </c>
       <c r="E23" s="5">
         <v>48</v>
       </c>
       <c r="F23" s="5">
         <v>51</v>
       </c>
       <c r="G23" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="5">
         <v>21</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C24" s="5">
         <v>74</v>
       </c>
       <c r="D24" s="5">
         <v>35</v>
       </c>
       <c r="E24" s="5">
         <v>53</v>
       </c>
       <c r="F24" s="5">
         <v>48</v>
       </c>
       <c r="G24" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H24" s="5" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="5">
         <v>22</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="5">
         <v>74</v>
       </c>
       <c r="D25" s="5">
         <v>26</v>
       </c>
       <c r="E25" s="5">
         <v>61</v>
       </c>
       <c r="F25" s="5">
         <v>31</v>
       </c>
       <c r="G25" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z25"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H25" sqref="H25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4.5703" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C3" s="11" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D3" s="11" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="E3" s="11" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F3" s="11" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G3" s="11" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="5">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C4" s="5">
+        <v>47</v>
+      </c>
+      <c r="D4" s="5">
+        <v>12</v>
+      </c>
+      <c r="E4" s="5">
+        <v>35</v>
+      </c>
+      <c r="F4" s="5">
         <v>46</v>
       </c>
-      <c r="D4" s="5">
-[...7 lines deleted...]
-      </c>
       <c r="G4" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="5" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="5">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C5" s="5">
-        <v>19</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D5" s="15"/>
+      <c r="E5" s="5"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="5">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C6" s="5">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D6" s="5">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="E6" s="5">
-        <v>67</v>
+        <v>60</v>
       </c>
       <c r="F6" s="5">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="G6" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="5">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C7" s="5">
-        <v>20</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D7" s="15"/>
+      <c r="E7" s="5"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="5">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C8" s="5">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="D8" s="5">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="E8" s="5">
-        <v>60</v>
+        <v>47</v>
       </c>
       <c r="F8" s="5">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="G8" s="14" t="s">
         <v>17</v>
       </c>
-      <c r="H8" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H8" s="5"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="5">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C9" s="5">
         <v>15</v>
       </c>
       <c r="D9" s="5">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="E9" s="5">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="F9" s="5">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="G9" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="5">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C10" s="5">
-        <v>44</v>
+        <v>15</v>
       </c>
       <c r="D10" s="5">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="E10" s="5">
-        <v>67</v>
+        <v>50</v>
       </c>
       <c r="F10" s="5">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="G10" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="5">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C11" s="5">
-        <v>26</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D11" s="15"/>
+      <c r="E11" s="5"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="5">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C12" s="5">
-        <v>28</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D12" s="15"/>
+      <c r="E12" s="5"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="5">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C13" s="5">
-        <v>35</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D13" s="15"/>
+      <c r="E13" s="5"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="5">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C14" s="5">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="D14" s="5">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E14" s="5">
-        <v>83</v>
+        <v>58</v>
       </c>
       <c r="F14" s="5">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="G14" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="5">
         <v>12</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C15" s="5">
         <v>14</v>
       </c>
       <c r="D15" s="5">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="E15" s="5">
-        <v>58</v>
+        <v>71</v>
       </c>
       <c r="F15" s="5">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="G15" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="5">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C16" s="5">
-        <v>48</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D16" s="15"/>
+      <c r="E16" s="5"/>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="5">
         <v>14</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C17" s="5">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D17" s="5">
         <v>12</v>
       </c>
       <c r="E17" s="5">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="F17" s="5">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="G17" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="5" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="5">
         <v>15</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C18" s="5">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D18" s="5">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="E18" s="5">
-        <v>71</v>
+        <v>44</v>
       </c>
       <c r="F18" s="5">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="G18" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="5">
         <v>16</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C19" s="5">
-        <v>19</v>
+        <v>54</v>
       </c>
       <c r="D19" s="5">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="E19" s="5">
-        <v>77</v>
+        <v>45</v>
       </c>
       <c r="F19" s="5">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="G19" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="5">
         <v>17</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C20" s="5">
-        <v>45</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D20" s="15"/>
+      <c r="E20" s="5"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="5">
         <v>18</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C21" s="5">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="D21" s="5">
         <v>12</v>
       </c>
       <c r="E21" s="5">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="F21" s="5">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="G21" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H21" s="5" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="5">
         <v>19</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C22" s="5">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="D22" s="5">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="E22" s="5">
-        <v>60</v>
+        <v>34</v>
       </c>
       <c r="F22" s="5">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="G22" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="5" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="5">
         <v>20</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C23" s="5">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D23" s="5">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="E23" s="5">
-        <v>70</v>
+        <v>57</v>
       </c>
       <c r="F23" s="5">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="G23" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="5">
         <v>21</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C24" s="5">
-        <v>15</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D24" s="15"/>
+      <c r="E24" s="5"/>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="5">
         <v>22</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="5">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="D25" s="5">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="E25" s="5">
-        <v>88</v>
+        <v>80</v>
       </c>
       <c r="F25" s="5">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G25" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z25"/>
   <sheetViews>
@@ -4538,467 +4438,467 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>181</v>
+        <v>174</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C3" s="11" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D3" s="11" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="E3" s="11" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F3" s="11" t="s">
-        <v>182</v>
+        <v>175</v>
       </c>
       <c r="G3" s="11" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="5">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C4" s="5">
         <v>0</v>
       </c>
       <c r="D4" s="15"/>
       <c r="E4" s="5"/>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="5">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C5" s="5">
         <v>16</v>
       </c>
       <c r="D5" s="5">
         <v>16</v>
       </c>
       <c r="E5" s="5">
         <v>37</v>
       </c>
       <c r="F5" s="5">
         <v>39</v>
       </c>
       <c r="G5" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="5" t="s">
-        <v>183</v>
+        <v>176</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="5">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C6" s="5">
         <v>0</v>
       </c>
       <c r="D6" s="15"/>
       <c r="E6" s="5"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="5">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C7" s="5">
         <v>27</v>
       </c>
       <c r="D7" s="5">
         <v>31</v>
       </c>
       <c r="E7" s="5">
         <v>38</v>
       </c>
       <c r="F7" s="5">
         <v>46</v>
       </c>
       <c r="G7" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>184</v>
+        <v>177</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="5">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C8" s="5">
         <v>14</v>
       </c>
       <c r="D8" s="5">
         <v>4</v>
       </c>
       <c r="E8" s="5">
         <v>56</v>
       </c>
       <c r="F8" s="5">
         <v>26</v>
       </c>
       <c r="G8" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="5" t="s">
-        <v>185</v>
+        <v>178</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="5">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C9" s="5">
         <v>0</v>
       </c>
       <c r="D9" s="15"/>
       <c r="E9" s="5"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="5">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C10" s="5">
         <v>0</v>
       </c>
       <c r="D10" s="15"/>
       <c r="E10" s="5"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="5">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C11" s="5">
         <v>15</v>
       </c>
       <c r="D11" s="5">
         <v>19</v>
       </c>
       <c r="E11" s="5">
         <v>77</v>
       </c>
       <c r="F11" s="5">
         <v>20</v>
       </c>
       <c r="G11" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="5">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C12" s="5">
         <v>43</v>
       </c>
       <c r="D12" s="5">
         <v>16</v>
       </c>
       <c r="E12" s="5">
         <v>58</v>
       </c>
       <c r="F12" s="5">
         <v>36</v>
       </c>
       <c r="G12" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="5">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C13" s="5">
         <v>9</v>
       </c>
       <c r="D13" s="5">
         <v>2</v>
       </c>
       <c r="E13" s="5">
         <v>44</v>
       </c>
       <c r="F13" s="5">
         <v>31</v>
       </c>
       <c r="G13" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>188</v>
+        <v>181</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="5">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C14" s="5">
         <v>0</v>
       </c>
       <c r="D14" s="15"/>
       <c r="E14" s="5"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="5">
         <v>12</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C15" s="5">
         <v>0</v>
       </c>
       <c r="D15" s="15"/>
       <c r="E15" s="5"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="5">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C16" s="5">
         <v>13</v>
       </c>
       <c r="D16" s="5">
         <v>16</v>
       </c>
       <c r="E16" s="5">
         <v>42</v>
       </c>
       <c r="F16" s="5">
         <v>36</v>
       </c>
       <c r="G16" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="5">
         <v>14</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C17" s="5">
         <v>0</v>
       </c>
       <c r="D17" s="15"/>
       <c r="E17" s="5"/>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="5">
         <v>15</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C18" s="5">
         <v>0</v>
       </c>
       <c r="D18" s="15"/>
       <c r="E18" s="5"/>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="5">
         <v>16</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C19" s="5">
         <v>0</v>
       </c>
       <c r="D19" s="15"/>
       <c r="E19" s="5"/>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="5">
         <v>17</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C20" s="5">
         <v>13</v>
       </c>
       <c r="D20" s="5">
         <v>6</v>
       </c>
       <c r="E20" s="5">
         <v>42</v>
       </c>
       <c r="F20" s="5">
         <v>34</v>
       </c>
       <c r="G20" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="5" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="5">
         <v>18</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C21" s="5">
         <v>0</v>
       </c>
       <c r="D21" s="15"/>
       <c r="E21" s="5"/>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="5">
         <v>19</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C22" s="5">
         <v>0</v>
       </c>
       <c r="D22" s="15"/>
       <c r="E22" s="5"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="5">
         <v>20</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C23" s="5">
         <v>0</v>
       </c>
       <c r="D23" s="15"/>
       <c r="E23" s="5"/>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="5">
         <v>21</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C24" s="5">
         <v>22</v>
       </c>
       <c r="D24" s="5">
         <v>0</v>
       </c>
       <c r="E24" s="5">
         <v>69</v>
       </c>
       <c r="F24" s="5">
         <v>21</v>
       </c>
       <c r="G24" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H24" s="5" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="5">
         <v>22</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="5">
         <v>0</v>
       </c>
       <c r="D25" s="15"/>
       <c r="E25" s="5"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -5006,607 +4906,713 @@
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z25"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H25" sqref="H25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4.5703" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C3" s="11" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D3" s="11" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="E3" s="11" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F3" s="11" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="G3" s="11" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="5">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C4" s="5">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D4" s="5">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="E4" s="5">
-        <v>35</v>
+        <v>61</v>
       </c>
       <c r="F4" s="5">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="G4" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="5" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="5">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C5" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E5" s="5"/>
+        <v>19</v>
+      </c>
+      <c r="D5" s="5">
+        <v>24</v>
+      </c>
+      <c r="E5" s="5">
+        <v>59</v>
+      </c>
+      <c r="F5" s="5">
+        <v>31</v>
+      </c>
+      <c r="G5" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>188</v>
+      </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="5">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C6" s="5">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="D6" s="5">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="E6" s="5">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="F6" s="5">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G6" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="5">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C7" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E7" s="5"/>
+        <v>20</v>
+      </c>
+      <c r="D7" s="5">
+        <v>46</v>
+      </c>
+      <c r="E7" s="5">
+        <v>46</v>
+      </c>
+      <c r="F7" s="5">
+        <v>43</v>
+      </c>
+      <c r="G7" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>190</v>
+      </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="5">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C8" s="5">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D8" s="5">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="E8" s="5">
-        <v>47</v>
+        <v>60</v>
       </c>
       <c r="F8" s="5">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="G8" s="14" t="s">
         <v>17</v>
       </c>
-      <c r="H8" s="5"/>
+      <c r="H8" s="5" t="s">
+        <v>191</v>
+      </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="5">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C9" s="5">
         <v>15</v>
       </c>
       <c r="D9" s="5">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="E9" s="5">
-        <v>25</v>
+        <v>55</v>
       </c>
       <c r="F9" s="5">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="G9" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="5">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C10" s="5">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="D10" s="5">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="E10" s="5">
-        <v>50</v>
+        <v>67</v>
       </c>
       <c r="F10" s="5">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="G10" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="5">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C11" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E11" s="5"/>
+        <v>26</v>
+      </c>
+      <c r="D11" s="5">
+        <v>15</v>
+      </c>
+      <c r="E11" s="5">
+        <v>88</v>
+      </c>
+      <c r="F11" s="5">
+        <v>17</v>
+      </c>
+      <c r="G11" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="H11" s="5" t="s">
+        <v>194</v>
+      </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="5">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C12" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E12" s="5"/>
+        <v>28</v>
+      </c>
+      <c r="D12" s="5">
+        <v>26</v>
+      </c>
+      <c r="E12" s="5">
+        <v>54</v>
+      </c>
+      <c r="F12" s="5">
+        <v>36</v>
+      </c>
+      <c r="G12" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="H12" s="5" t="s">
+        <v>195</v>
+      </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="5">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C13" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E13" s="5"/>
+        <v>35</v>
+      </c>
+      <c r="D13" s="5">
+        <v>24</v>
+      </c>
+      <c r="E13" s="5">
+        <v>54</v>
+      </c>
+      <c r="F13" s="5">
+        <v>38</v>
+      </c>
+      <c r="G13" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="H13" s="5" t="s">
+        <v>196</v>
+      </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="5">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C14" s="5">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="D14" s="5">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="E14" s="5">
-        <v>58</v>
+        <v>83</v>
       </c>
       <c r="F14" s="5">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="G14" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="5">
         <v>12</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C15" s="5">
         <v>14</v>
       </c>
       <c r="D15" s="5">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="E15" s="5">
-        <v>71</v>
+        <v>58</v>
       </c>
       <c r="F15" s="5">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="G15" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="5">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C16" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E16" s="5"/>
+        <v>48</v>
+      </c>
+      <c r="D16" s="5">
+        <v>12</v>
+      </c>
+      <c r="E16" s="5">
+        <v>56</v>
+      </c>
+      <c r="F16" s="5">
+        <v>37</v>
+      </c>
+      <c r="G16" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="H16" s="5" t="s">
+        <v>199</v>
+      </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="5">
         <v>14</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C17" s="5">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D17" s="5">
         <v>12</v>
       </c>
       <c r="E17" s="5">
-        <v>43</v>
+        <v>61</v>
       </c>
       <c r="F17" s="5">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="G17" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="5" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="5">
         <v>15</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C18" s="5">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D18" s="5">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="E18" s="5">
-        <v>44</v>
+        <v>71</v>
       </c>
       <c r="F18" s="5">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="G18" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="5" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="5">
         <v>16</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C19" s="5">
-        <v>54</v>
+        <v>19</v>
       </c>
       <c r="D19" s="5">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="E19" s="5">
-        <v>45</v>
+        <v>77</v>
       </c>
       <c r="F19" s="5">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="G19" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="5" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="5">
         <v>17</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C20" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E20" s="5"/>
+        <v>45</v>
+      </c>
+      <c r="D20" s="5">
+        <v>18</v>
+      </c>
+      <c r="E20" s="5">
+        <v>57</v>
+      </c>
+      <c r="F20" s="5">
+        <v>37</v>
+      </c>
+      <c r="G20" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="H20" s="5" t="s">
+        <v>203</v>
+      </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="5">
         <v>18</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C21" s="5">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="D21" s="5">
         <v>12</v>
       </c>
       <c r="E21" s="5">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="F21" s="5">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="G21" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H21" s="5" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="5">
         <v>19</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C22" s="5">
-        <v>47</v>
+        <v>24</v>
       </c>
       <c r="D22" s="5">
-        <v>18</v>
+        <v>60</v>
       </c>
       <c r="E22" s="5">
-        <v>34</v>
+        <v>60</v>
       </c>
       <c r="F22" s="5">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="G22" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="5" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="5">
         <v>20</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C23" s="5">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D23" s="5">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="E23" s="5">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="F23" s="5">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="G23" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="5">
         <v>21</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C24" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E24" s="5"/>
+        <v>15</v>
+      </c>
+      <c r="D24" s="5">
+        <v>12</v>
+      </c>
+      <c r="E24" s="5">
+        <v>75</v>
+      </c>
+      <c r="F24" s="5">
+        <v>19</v>
+      </c>
+      <c r="G24" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="H24" s="5" t="s">
+        <v>207</v>
+      </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="5">
         <v>22</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="5">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="D25" s="5">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="E25" s="5">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="F25" s="5">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G25" s="14" t="s">
         <v>17</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="6" baseType="lpstr">
       <vt:lpstr>KELENGKAPAN</vt:lpstr>
       <vt:lpstr>POLIO</vt:lpstr>
       <vt:lpstr>MERS</vt:lpstr>
+      <vt:lpstr>AVIAN INFLUENZA</vt:lpstr>
+      <vt:lpstr>MENINGITIS MENINGOKOKUS</vt:lpstr>
       <vt:lpstr>COVID-19</vt:lpstr>
-      <vt:lpstr>MENINGITIS MENINGOKOKUS</vt:lpstr>
-      <vt:lpstr>AVIAN INFLUENZA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>