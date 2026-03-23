--- v0 (2026-02-06)
+++ v1 (2026-03-23)
@@ -22,51 +22,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="KELENGKAPAN" sheetId="1" r:id="rId4"/>
     <sheet name="POLIO" sheetId="2" r:id="rId5"/>
     <sheet name="MERS" sheetId="3" r:id="rId6"/>
     <sheet name="AVIAN INFLUENZA" sheetId="4" r:id="rId7"/>
     <sheet name="MENINGITIS MENINGOKOKUS" sheetId="5" r:id="rId8"/>
     <sheet name="COVID-19" sheetId="6" r:id="rId9"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>KELENGKAPAN LAPORAN PEMETAAN RISIKO TH 2026</t>
   </si>
   <si>
     <t>Resume Capaian Provinsi Kalimantan Barat</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kota/Kab</t>
   </si>
   <si>
     <t>POLIO</t>
   </si>
   <si>
     <t>MERS</t>
   </si>
   <si>
     <t>AVIAN INFLUENZA</t>
   </si>
   <si>
     <t>MENINGITIS MENINGOKOKUS</t>
   </si>
   <si>
@@ -81,66 +81,72 @@
   <si>
     <t>TANGGAL LAPOR</t>
   </si>
   <si>
     <t>TANGGAL UPLOAD</t>
   </si>
   <si>
     <t>Bengkayang</t>
   </si>
   <si>
     <t>BELUM</t>
   </si>
   <si>
     <t>BELUM LAPOR/BELUM LENGKAP</t>
   </si>
   <si>
     <t>Kapuas Hulu</t>
   </si>
   <si>
     <t>Kayong Utara</t>
   </si>
   <si>
     <t>Ketapang</t>
   </si>
   <si>
+    <t>DRAFT</t>
+  </si>
+  <si>
     <t>Kota Pontianak</t>
   </si>
   <si>
     <t>Kota Singkawang</t>
   </si>
   <si>
     <t>Kubu Raya</t>
   </si>
   <si>
     <t>Landak</t>
   </si>
   <si>
     <t>Melawi</t>
   </si>
   <si>
     <t>Mempawah</t>
+  </si>
+  <si>
+    <t>PENINJAUAN KE 0</t>
   </si>
   <si>
     <t>Sambas</t>
   </si>
   <si>
     <t>Sanggau</t>
   </si>
   <si>
     <t>Sekadau</t>
   </si>
   <si>
     <t>Sintang</t>
   </si>
   <si>
     <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI POLIO 2026</t>
   </si>
   <si>
     <t>Kab / Kota</t>
   </si>
   <si>
     <t>INDEKS ANCAMAN
 (MAX 0)</t>
   </si>
   <si>
     <t>INDEKS KERENTANAN
@@ -157,133 +163,145 @@
   <si>
     <t>KLASIFIKASI RISIKO
 (Rata-Rata )</t>
   </si>
   <si>
     <t>DOKUMEN REKOMENDASI</t>
   </si>
   <si>
     <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI MERS 2026</t>
   </si>
   <si>
     <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI AVIAN INFLUENZA 2026</t>
   </si>
   <si>
     <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI MENINGITIS MENINGOKOKUS 2026</t>
   </si>
   <si>
     <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI COVID-19 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
-  <fonts count="3">
+  <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="24"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="18"/>
       <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
+      <sz val="11"/>
+      <color rgb="FFffffff"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="9">
+  <cellXfs count="10">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -894,142 +912,142 @@
       <c r="A9" s="3">
         <v>4</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I9" s="4" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="J9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R9" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="3">
         <v>5</v>
       </c>
       <c r="B10" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F10" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G10" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="H10" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="I10" s="4" t="s">
         <v>19</v>
-      </c>
-[...19 lines deleted...]
-        <v>14</v>
       </c>
       <c r="J10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R10" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="3">
         <v>6</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J11" s="4" t="s">
         <v>14</v>
       </c>
@@ -1041,51 +1059,51 @@
       </c>
       <c r="M11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R11" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="3">
         <v>7</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J12" s="4" t="s">
         <v>14</v>
       </c>
@@ -1097,51 +1115,51 @@
       </c>
       <c r="M12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R12" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="3">
         <v>8</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J13" s="4" t="s">
         <v>14</v>
       </c>
@@ -1153,163 +1171,163 @@
       </c>
       <c r="M13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R13" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="3">
         <v>9</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C14" s="4" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="4" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="G14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R14" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="3">
         <v>10</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="4" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="G15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I15" s="4" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="J15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="L15" s="4" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O15" s="4" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="P15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R15" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="3">
         <v>11</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J16" s="4" t="s">
         <v>14</v>
       </c>
@@ -1321,51 +1339,51 @@
       </c>
       <c r="M16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R16" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="3">
         <v>12</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J17" s="4" t="s">
         <v>14</v>
       </c>
@@ -1377,51 +1395,51 @@
       </c>
       <c r="M17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R17" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="3">
         <v>13</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J18" s="4" t="s">
         <v>14</v>
       </c>
@@ -1433,51 +1451,51 @@
       </c>
       <c r="M18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R18" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="3">
         <v>14</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J19" s="4" t="s">
         <v>14</v>
       </c>
@@ -1553,189 +1571,194 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C3" s="8" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D3" s="8" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E3" s="8" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F3" s="8" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="G3" s="8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="4">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="4">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="4">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>24</v>
-      </c>
+        <v>25</v>
+      </c>
+      <c r="C13" s="4">
+        <v>0</v>
+      </c>
+      <c r="D13" s="9"/>
+      <c r="E13" s="4"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4">
         <v>12</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4">
         <v>14</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z17"/>
   <sheetViews>
@@ -1753,189 +1776,194 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C3" s="8" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D3" s="8" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E3" s="8" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F3" s="8" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="G3" s="8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="4">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="4">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="4">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>24</v>
-      </c>
+        <v>25</v>
+      </c>
+      <c r="C13" s="4">
+        <v>0</v>
+      </c>
+      <c r="D13" s="9"/>
+      <c r="E13" s="4"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4">
         <v>12</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4">
         <v>14</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z17"/>
   <sheetViews>
@@ -1953,189 +1981,194 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C3" s="8" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D3" s="8" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E3" s="8" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F3" s="8" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="G3" s="8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="4">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="4">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="4">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>24</v>
-      </c>
+        <v>25</v>
+      </c>
+      <c r="C13" s="4">
+        <v>0</v>
+      </c>
+      <c r="D13" s="9"/>
+      <c r="E13" s="4"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4">
         <v>12</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4">
         <v>14</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z17"/>
   <sheetViews>
@@ -2153,189 +2186,194 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C3" s="8" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D3" s="8" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E3" s="8" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F3" s="8" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="G3" s="8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="4">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="4">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="4">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>24</v>
-      </c>
+        <v>25</v>
+      </c>
+      <c r="C13" s="4">
+        <v>0</v>
+      </c>
+      <c r="D13" s="9"/>
+      <c r="E13" s="4"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4">
         <v>12</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4">
         <v>14</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z17"/>
   <sheetViews>
@@ -2353,189 +2391,194 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C3" s="8" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D3" s="8" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E3" s="8" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F3" s="8" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="G3" s="8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="4">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="4">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="4">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>24</v>
-      </c>
+        <v>25</v>
+      </c>
+      <c r="C13" s="4">
+        <v>0</v>
+      </c>
+      <c r="D13" s="9"/>
+      <c r="E13" s="4"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4">
         <v>12</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4">
         <v>14</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">