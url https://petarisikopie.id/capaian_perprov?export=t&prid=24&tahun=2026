--- v0 (2026-02-06)
+++ v1 (2026-03-23)
@@ -22,95 +22,104 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="KELENGKAPAN" sheetId="1" r:id="rId4"/>
     <sheet name="POLIO" sheetId="2" r:id="rId5"/>
     <sheet name="MERS" sheetId="3" r:id="rId6"/>
     <sheet name="AVIAN INFLUENZA" sheetId="4" r:id="rId7"/>
     <sheet name="MENINGITIS MENINGOKOKUS" sheetId="5" r:id="rId8"/>
     <sheet name="COVID-19" sheetId="6" r:id="rId9"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>KELENGKAPAN LAPORAN PEMETAAN RISIKO TH 2026</t>
   </si>
   <si>
     <t>Resume Capaian Provinsi Kalimantan Utara</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kota/Kab</t>
   </si>
   <si>
     <t>POLIO</t>
   </si>
   <si>
     <t>MERS</t>
   </si>
   <si>
     <t>AVIAN INFLUENZA</t>
   </si>
   <si>
     <t>MENINGITIS MENINGOKOKUS</t>
   </si>
   <si>
     <t>COVID-19</t>
   </si>
   <si>
     <t>Keterangan</t>
   </si>
   <si>
     <t>KLASIFIKASI RISIKO</t>
   </si>
   <si>
     <t>TANGGAL LAPOR</t>
   </si>
   <si>
     <t>TANGGAL UPLOAD</t>
   </si>
   <si>
     <t>Bulungan</t>
   </si>
   <si>
+    <t>DRAFT</t>
+  </si>
+  <si>
     <t>BELUM</t>
+  </si>
+  <si>
+    <t>PENINJAUAN KE 0</t>
+  </si>
+  <si>
+    <t>PENINJAUAN KE 1</t>
   </si>
   <si>
     <t>BELUM LAPOR/BELUM LENGKAP</t>
   </si>
   <si>
     <t>Kota Tarakan</t>
   </si>
   <si>
     <t>Malinau</t>
   </si>
   <si>
     <t>Nunukan</t>
   </si>
   <si>
     <t>Tana Tidung</t>
   </si>
   <si>
     <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI POLIO 2026</t>
   </si>
   <si>
     <t>Kab / Kota</t>
   </si>
   <si>
     <t>INDEKS ANCAMAN
 (MAX 0)</t>
@@ -130,133 +139,145 @@
   <si>
     <t>KLASIFIKASI RISIKO
 (Rata-Rata )</t>
   </si>
   <si>
     <t>DOKUMEN REKOMENDASI</t>
   </si>
   <si>
     <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI MERS 2026</t>
   </si>
   <si>
     <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI AVIAN INFLUENZA 2026</t>
   </si>
   <si>
     <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI MENINGITIS MENINGOKOKUS 2026</t>
   </si>
   <si>
     <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI COVID-19 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
-  <fonts count="3">
+  <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="24"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="18"/>
       <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
+      <sz val="11"/>
+      <color rgb="FFffffff"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="9">
+  <cellXfs count="10">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -684,317 +705,317 @@
       <c r="N5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>10</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>11</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="R5" s="3"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="3">
         <v>1</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F6" s="4" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G6" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H6" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="I6" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J6" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="K6" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="L6" s="4" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="M6" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="N6" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="P6" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="Q6" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="R6" s="5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="3">
         <v>2</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D7" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F7" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H7" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="I7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J7" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="K7" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="L7" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="M7" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="N7" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="P7" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="Q7" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="R7" s="5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="3">
         <v>3</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C8" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D8" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E8" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F8" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G8" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H8" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="I8" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J8" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="K8" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="P8" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="Q8" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="R8" s="5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="3">
         <v>4</v>
       </c>
       <c r="B9" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F9" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="I9" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="J9" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="K9" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="M9" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="N9" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="O9" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="P9" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="Q9" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="R9" s="5" t="s">
         <v>18</v>
-      </c>
-[...46 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="3">
         <v>5</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C10" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D10" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E10" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F10" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G10" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H10" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="I10" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J10" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="K10" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="L10" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="M10" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="N10" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="O10" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="P10" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="Q10" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="R10" s="5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:E4"/>
     <mergeCell ref="F4:H4"/>
     <mergeCell ref="I4:K4"/>
     <mergeCell ref="L4:N4"/>
     <mergeCell ref="O4:Q4"/>
     <mergeCell ref="R4:R5"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
@@ -1022,117 +1043,122 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C3" s="8" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D3" s="8" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E3" s="8" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F3" s="8" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G3" s="8" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="4">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
+      <c r="C4" s="4">
+        <v>0</v>
+      </c>
+      <c r="D4" s="9"/>
+      <c r="E4" s="4"/>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="4">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="4">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z8"/>
   <sheetViews>
@@ -1150,117 +1176,122 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C3" s="8" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D3" s="8" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E3" s="8" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F3" s="8" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G3" s="8" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="4">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
+      <c r="C4" s="4">
+        <v>0</v>
+      </c>
+      <c r="D4" s="9"/>
+      <c r="E4" s="4"/>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="4">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="4">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z8"/>
   <sheetViews>
@@ -1278,117 +1309,122 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C3" s="8" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D3" s="8" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E3" s="8" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F3" s="8" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G3" s="8" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="4">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
+      <c r="C4" s="4">
+        <v>0</v>
+      </c>
+      <c r="D4" s="9"/>
+      <c r="E4" s="4"/>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="4">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="4">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z8"/>
   <sheetViews>
@@ -1406,117 +1442,122 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C3" s="8" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D3" s="8" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E3" s="8" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F3" s="8" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G3" s="8" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="4">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
+      <c r="C4" s="4">
+        <v>0</v>
+      </c>
+      <c r="D4" s="9"/>
+      <c r="E4" s="4"/>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="4">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="4">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z8"/>
   <sheetViews>
@@ -1534,117 +1575,122 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C3" s="8" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D3" s="8" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E3" s="8" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F3" s="8" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G3" s="8" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="4">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
+      <c r="C4" s="4">
+        <v>0</v>
+      </c>
+      <c r="D4" s="9"/>
+      <c r="E4" s="4"/>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="4">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="4">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">