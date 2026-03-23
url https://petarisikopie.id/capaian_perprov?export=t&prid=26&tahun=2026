--- v0 (2026-02-06)
+++ v1 (2026-03-23)
@@ -838,51 +838,51 @@
       <c r="A8" s="3">
         <v>3</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I8" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q8" s="4" t="s">
         <v>14</v>
       </c>
@@ -997,172 +997,172 @@
       </c>
       <c r="Q10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R10" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="3">
         <v>6</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I11" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="L11" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="P11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R11" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="3">
         <v>7</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I12" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R12" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="3">
         <v>8</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I13" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q13" s="4" t="s">
         <v>14</v>
       </c>
@@ -1398,51 +1398,51 @@
       <c r="A18" s="3">
         <v>13</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>28</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I18" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q18" s="4" t="s">
         <v>14</v>
       </c>