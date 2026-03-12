--- v0 (2025-11-03)
+++ v1 (2026-03-12)
@@ -12,204 +12,207 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="KELENGKAPAN" sheetId="1" r:id="rId4"/>
     <sheet name="POLIO" sheetId="2" r:id="rId5"/>
     <sheet name="MERS" sheetId="3" r:id="rId6"/>
-    <sheet name="COVID-19" sheetId="4" r:id="rId7"/>
+    <sheet name="AVIAN INFLUENZA" sheetId="4" r:id="rId7"/>
     <sheet name="MENINGITIS MENINGOKOKUS" sheetId="5" r:id="rId8"/>
-    <sheet name="AVIAN INFLUENZA" sheetId="6" r:id="rId9"/>
+    <sheet name="COVID-19" sheetId="6" r:id="rId9"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>KELENGKAPAN LAPORAN PEMETAAN RISIKO TH 2025</t>
   </si>
   <si>
     <t>Resume Capaian Provinsi Sulawesi Barat</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kota/Kab</t>
   </si>
   <si>
     <t>POLIO</t>
   </si>
   <si>
     <t>MERS</t>
   </si>
   <si>
+    <t>AVIAN INFLUENZA</t>
+  </si>
+  <si>
+    <t>MENINGITIS MENINGOKOKUS</t>
+  </si>
+  <si>
     <t>COVID-19</t>
   </si>
   <si>
-    <t>MENINGITIS MENINGOKOKUS</t>
-[...4 lines deleted...]
-  <si>
     <t>Keterangan</t>
   </si>
   <si>
     <t>KLASIFIKASI RISIKO</t>
   </si>
   <si>
     <t>TANGGAL LAPOR</t>
   </si>
   <si>
     <t>TANGGAL UPLOAD</t>
   </si>
   <si>
     <t>Majene</t>
   </si>
   <si>
     <t>SEDANG</t>
   </si>
   <si>
     <t>07 Mar 2025</t>
   </si>
   <si>
     <t>16 Jul 2025</t>
   </si>
   <si>
     <t>RENDAH</t>
   </si>
   <si>
     <t>26 Jul 2025</t>
   </si>
   <si>
+    <t>BELUM</t>
+  </si>
+  <si>
     <t>08 Mar 2025</t>
   </si>
   <si>
     <t>21 Aug 2025</t>
   </si>
   <si>
-    <t>BELUM</t>
+    <t>BELUM LAPOR/BELUM LENGKAP</t>
+  </si>
+  <si>
+    <t>Mamasa</t>
+  </si>
+  <si>
+    <t>08 Jul 2025</t>
+  </si>
+  <si>
+    <t>30 Jul 2025</t>
+  </si>
+  <si>
+    <t>14 Mar 2025</t>
+  </si>
+  <si>
+    <t>06 Apr 2025</t>
+  </si>
+  <si>
+    <t>27 Mar 2025</t>
   </si>
   <si>
     <t>SUDAH LENGKAP</t>
   </si>
   <si>
-    <t>Mamasa</t>
-[...16 lines deleted...]
-  <si>
     <t>Mamuju</t>
   </si>
   <si>
     <t>24 Jul 2025</t>
   </si>
   <si>
+    <t>31 Jul 2025</t>
+  </si>
+  <si>
     <t>08 Apr 2025</t>
   </si>
   <si>
-    <t>31 Jul 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Mamuju Tengah</t>
   </si>
   <si>
     <t>14 May 2025</t>
   </si>
   <si>
     <t>23 Sep 2025</t>
   </si>
   <si>
     <t>16 May 2025</t>
   </si>
   <si>
+    <t>03 Jun 2025</t>
+  </si>
+  <si>
     <t>28 May 2025</t>
   </si>
   <si>
-    <t>03 Jun 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Pasangkayu</t>
   </si>
   <si>
     <t>TINGGI</t>
   </si>
   <si>
     <t>14 Aug 2025</t>
   </si>
   <si>
     <t>29 Apr 2025</t>
   </si>
   <si>
     <t>Polewali Mandar</t>
   </si>
   <si>
     <t>06 Mar 2025</t>
   </si>
   <si>
     <t>07 Aug 2025</t>
   </si>
   <si>
+    <t>04 Aug 2025</t>
+  </si>
+  <si>
     <t>18 Mar 2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>04 Aug 2025</t>
   </si>
   <si>
     <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI POLIO 2025</t>
   </si>
   <si>
     <t>Kab / Kota</t>
   </si>
   <si>
     <t>INDEKS ANCAMAN
 (MAX 29)</t>
   </si>
   <si>
     <t>INDEKS KERENTANAN
 (MAX 41)</t>
   </si>
   <si>
     <t>INDEKS KAPASITAS
 (MIN 72)</t>
   </si>
   <si>
     <t>INDEKS RISIKO
 (MAX 24)</t>
   </si>
   <si>
     <t>KLASIFIKASI RISIKO
@@ -252,121 +255,121 @@
 (MIN 51)</t>
   </si>
   <si>
     <t>INDEKS RISIKO
 (MAX 194)</t>
   </si>
   <si>
     <t>MERS2025_Majene.pdf</t>
   </si>
   <si>
     <t>MERS2025_Mamasa.pdf</t>
   </si>
   <si>
     <t>MERS2025_Mamuju.docx</t>
   </si>
   <si>
     <t>MERS2025_Mamuju_Tengah.pdf</t>
   </si>
   <si>
     <t>MERS2025_Polewali_Mandar.pdf</t>
   </si>
   <si>
     <t>MERS2025_Pasangkayu.pdf</t>
   </si>
   <si>
-    <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI COVID-19 2025</t>
+    <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI AVIAN INFLUENZA 2025</t>
   </si>
   <si>
     <t>INDEKS ANCAMAN
 (MAX 0)</t>
   </si>
   <si>
     <t>INDEKS KERENTANAN
 (MAX 0)</t>
   </si>
   <si>
     <t>INDEKS KAPASITAS
 (MIN 0)</t>
   </si>
   <si>
     <t>INDEKS RISIKO
-(MAX 28)</t>
+(MAX 38)</t>
   </si>
   <si>
     <t>KLASIFIKASI RISIKO
 (Rata-Rata RENDAH)</t>
   </si>
   <si>
-    <t>COVID-192025_Majene.pdf</t>
-[...14 lines deleted...]
-    <t>COVID-192025_Pasangkayu.pdf</t>
+    <t>AVIAN_INFLUENZA2025_Mamasa.pdf</t>
+  </si>
+  <si>
+    <t>AVIAN_INFLUENZA2025_Polewali_Mandar.pdf</t>
   </si>
   <si>
     <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI MENINGITIS MENINGOKOKUS 2025</t>
   </si>
   <si>
     <t>INDEKS RISIKO
 (MAX 35)</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Majene.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Mamuju.docx</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Mamuju_Tengah.pdf</t>
   </si>
   <si>
     <t>MENINGITIS_MENINGOKOKUS2025_Pasangkayu.pdf</t>
   </si>
   <si>
-    <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI AVIAN INFLUENZA 2025</t>
+    <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI COVID-19 2025</t>
   </si>
   <si>
     <t>INDEKS RISIKO
-(MAX 38)</t>
-[...5 lines deleted...]
-    <t>AVIAN_INFLUENZA2025_Polewali_Mandar.pdf</t>
+(MAX 28)</t>
+  </si>
+  <si>
+    <t>COVID-192025_Majene.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Mamasa.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Mamuju.docx</t>
+  </si>
+  <si>
+    <t>COVID-192025_Mamuju_Tengah.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Polewali_Mandar.pdf</t>
+  </si>
+  <si>
+    <t>COVID-192025_Pasangkayu.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="24"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -814,51 +817,51 @@
   <dimension ref="A1:Z11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B11" sqref="B11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4.5703" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.71" bestFit="true" customWidth="true" style="10"/>
     <col min="3" max="3" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="17.567" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="9" t="s">
@@ -946,359 +949,359 @@
     <row r="6" spans="1:26">
       <c r="A6" s="3">
         <v>1</v>
       </c>
       <c r="B6" s="9" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F6" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G6" s="5" t="s">
         <v>18</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="I6" s="6" t="s">
-        <v>17</v>
+      <c r="I6" s="5" t="s">
+        <v>19</v>
       </c>
       <c r="J6" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K6" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="L6" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M6" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="N6" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="O6" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="P6" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="K6" s="5" t="s">
+      <c r="Q6" s="5" t="s">
         <v>18</v>
-      </c>
-[...16 lines deleted...]
-        <v>21</v>
       </c>
       <c r="R6" s="7" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="3">
         <v>2</v>
       </c>
       <c r="B7" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>24</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>25</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G7" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H7" s="5" t="s">
         <v>25</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L7" s="5" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="N7" s="5" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>17</v>
       </c>
       <c r="P7" s="5" t="s">
         <v>28</v>
       </c>
       <c r="Q7" s="5" t="s">
         <v>25</v>
       </c>
       <c r="R7" s="7" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="3">
         <v>3</v>
       </c>
       <c r="B8" s="9" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G8" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="J8" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K8" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="L8" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M8" s="5" t="s">
         <v>27</v>
-      </c>
-[...16 lines deleted...]
-        <v>28</v>
       </c>
       <c r="N8" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="O8" s="5" t="s">
-        <v>21</v>
+      <c r="O8" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="P8" s="5" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="Q8" s="5" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="R8" s="7" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="3">
         <v>4</v>
       </c>
       <c r="B9" s="9" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G9" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="H9" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="H9" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="I9" s="5" t="s">
+        <v>19</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="L9" s="6" t="s">
         <v>17</v>
       </c>
       <c r="M9" s="5" t="s">
         <v>38</v>
       </c>
       <c r="N9" s="5" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>36</v>
+      </c>
+      <c r="O9" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="P9" s="5" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="Q9" s="5" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="R9" s="7" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="3">
         <v>5</v>
       </c>
       <c r="B10" s="9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C10" s="8" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>26</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G10" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="H10" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="H10" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="I10" s="5" t="s">
+        <v>19</v>
       </c>
       <c r="J10" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K10" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="L10" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M10" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N10" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="O10" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="P10" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="K10" s="5" t="s">
-[...5 lines deleted...]
-      <c r="M10" s="5" t="s">
+      <c r="Q10" s="5" t="s">
         <v>42</v>
-      </c>
-[...10 lines deleted...]
-        <v>21</v>
       </c>
       <c r="R10" s="7" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="3">
         <v>6</v>
       </c>
       <c r="B11" s="9" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E11" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="F11" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G11" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="F11" s="8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H11" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="K11" s="5" t="s">
         <v>47</v>
       </c>
       <c r="L11" s="5" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="N11" s="5" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="P11" s="5" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="Q11" s="5" t="s">
         <v>47</v>
       </c>
       <c r="R11" s="7" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:E4"/>
     <mergeCell ref="F4:H4"/>
     <mergeCell ref="I4:K4"/>
     <mergeCell ref="L4:N4"/>
     <mergeCell ref="O4:Q4"/>
     <mergeCell ref="R4:R5"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
@@ -1326,233 +1329,233 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.562" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C3" s="11" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D3" s="11" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E3" s="11" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F3" s="11" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G3" s="11" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="5">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="5">
         <v>28</v>
       </c>
       <c r="D4" s="5">
         <v>41</v>
       </c>
       <c r="E4" s="5">
         <v>72</v>
       </c>
       <c r="F4" s="5">
         <v>16</v>
       </c>
       <c r="G4" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H4" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="5">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C5" s="5">
         <v>28</v>
       </c>
       <c r="D5" s="5">
         <v>15</v>
       </c>
       <c r="E5" s="5">
         <v>59</v>
       </c>
       <c r="F5" s="5">
         <v>7</v>
       </c>
       <c r="G5" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="5">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C6" s="5">
         <v>28</v>
       </c>
       <c r="D6" s="5">
         <v>40</v>
       </c>
       <c r="E6" s="5">
         <v>63</v>
       </c>
       <c r="F6" s="5">
         <v>18</v>
       </c>
       <c r="G6" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="5">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C7" s="5">
         <v>29</v>
       </c>
       <c r="D7" s="5">
         <v>15</v>
       </c>
       <c r="E7" s="5">
         <v>46</v>
       </c>
       <c r="F7" s="5">
         <v>9</v>
       </c>
       <c r="G7" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="5">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C8" s="5">
         <v>28</v>
       </c>
       <c r="D8" s="5">
         <v>28</v>
       </c>
       <c r="E8" s="5">
         <v>72</v>
       </c>
       <c r="F8" s="5">
         <v>11</v>
       </c>
       <c r="G8" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="5" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="5">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C9" s="5">
         <v>28</v>
       </c>
       <c r="D9" s="5">
         <v>40</v>
       </c>
       <c r="E9" s="5">
         <v>46</v>
       </c>
       <c r="F9" s="5">
         <v>24</v>
       </c>
       <c r="G9" s="14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z9"/>
   <sheetViews>
@@ -1570,478 +1573,426 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C3" s="11" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D3" s="11" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E3" s="11" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F3" s="11" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G3" s="11" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="5">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="5">
         <v>74</v>
       </c>
       <c r="D4" s="5">
         <v>17</v>
       </c>
       <c r="E4" s="5">
         <v>51</v>
       </c>
       <c r="F4" s="5">
         <v>24</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="5" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="5">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C5" s="5">
         <v>74</v>
       </c>
       <c r="D5" s="5">
         <v>33</v>
       </c>
       <c r="E5" s="5">
         <v>44</v>
       </c>
       <c r="F5" s="5">
         <v>56</v>
       </c>
       <c r="G5" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H5" s="5" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="5">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C6" s="5">
         <v>74</v>
       </c>
       <c r="D6" s="5">
         <v>38</v>
       </c>
       <c r="E6" s="5">
         <v>25</v>
       </c>
       <c r="F6" s="5">
         <v>114</v>
       </c>
       <c r="G6" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="5">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C7" s="5">
         <v>74</v>
       </c>
       <c r="D7" s="5">
         <v>27</v>
       </c>
       <c r="E7" s="5">
         <v>35</v>
       </c>
       <c r="F7" s="5">
         <v>56</v>
       </c>
       <c r="G7" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="5">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C8" s="5">
         <v>74</v>
       </c>
       <c r="D8" s="5">
         <v>100</v>
       </c>
       <c r="E8" s="5">
         <v>38</v>
       </c>
       <c r="F8" s="5">
         <v>194</v>
       </c>
       <c r="G8" s="14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H8" s="5" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="5">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C9" s="5">
         <v>74</v>
       </c>
       <c r="D9" s="5">
         <v>27</v>
       </c>
       <c r="E9" s="5">
         <v>25</v>
       </c>
       <c r="F9" s="5">
         <v>78</v>
       </c>
       <c r="G9" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H9" sqref="H9"/>
+      <selection activeCell="E9" sqref="E9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4.5703" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C3" s="11" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D3" s="11" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E3" s="11" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F3" s="11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G3" s="11" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="5">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="5">
-        <v>26</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D4" s="15"/>
+      <c r="E4" s="5"/>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="5">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C5" s="5">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="D5" s="5">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="E5" s="5">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="F5" s="5">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="G5" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="5" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="5">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C6" s="5">
-        <v>18</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D6" s="15"/>
+      <c r="E6" s="5"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="5">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C7" s="5">
-        <v>26</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D7" s="15"/>
+      <c r="E7" s="5"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="5">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C8" s="5">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D8" s="5">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="E8" s="5">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="F8" s="5">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="G8" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="5" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="5">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C9" s="5">
-        <v>19</v>
-[...15 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D9" s="15"/>
+      <c r="E9" s="5"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
@@ -2058,440 +2009,492 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="56.415" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C3" s="11" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D3" s="11" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E3" s="11" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F3" s="11" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="G3" s="11" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="5">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="5">
         <v>14</v>
       </c>
       <c r="D4" s="5">
         <v>31</v>
       </c>
       <c r="E4" s="5">
         <v>71</v>
       </c>
       <c r="F4" s="5">
         <v>26</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="5" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="5">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C5" s="5">
         <v>0</v>
       </c>
       <c r="D5" s="15"/>
       <c r="E5" s="5"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="5">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C6" s="5">
         <v>14</v>
       </c>
       <c r="D6" s="5">
         <v>16</v>
       </c>
       <c r="E6" s="5">
         <v>44</v>
       </c>
       <c r="F6" s="5">
         <v>35</v>
       </c>
       <c r="G6" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="5">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C7" s="5">
         <v>11</v>
       </c>
       <c r="D7" s="5">
         <v>16</v>
       </c>
       <c r="E7" s="5">
         <v>54</v>
       </c>
       <c r="F7" s="5">
         <v>29</v>
       </c>
       <c r="G7" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="5">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C8" s="5">
         <v>0</v>
       </c>
       <c r="D8" s="15"/>
       <c r="E8" s="5"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="5">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C9" s="5">
         <v>15</v>
       </c>
       <c r="D9" s="5">
         <v>0</v>
       </c>
       <c r="E9" s="5">
         <v>48</v>
       </c>
       <c r="F9" s="5">
         <v>30</v>
       </c>
       <c r="G9" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E9" sqref="E9"/>
+      <selection activeCell="H9" sqref="H9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4.5703" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C3" s="11" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D3" s="11" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E3" s="11" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F3" s="11" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="G3" s="11" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="5">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E4" s="5"/>
+        <v>26</v>
+      </c>
+      <c r="D4" s="5">
+        <v>3</v>
+      </c>
+      <c r="E4" s="5">
+        <v>88</v>
+      </c>
+      <c r="F4" s="5">
+        <v>13</v>
+      </c>
+      <c r="G4" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="H4" s="5" t="s">
+        <v>90</v>
+      </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="5">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C5" s="5">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="D5" s="5">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="E5" s="5">
-        <v>62</v>
+        <v>80</v>
       </c>
       <c r="F5" s="5">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="G5" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="5" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="5">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C6" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E6" s="5"/>
+        <v>18</v>
+      </c>
+      <c r="D6" s="5">
+        <v>24</v>
+      </c>
+      <c r="E6" s="5">
+        <v>65</v>
+      </c>
+      <c r="F6" s="5">
+        <v>28</v>
+      </c>
+      <c r="G6" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>92</v>
+      </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="5">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C7" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E7" s="5"/>
+        <v>26</v>
+      </c>
+      <c r="D7" s="5">
+        <v>18</v>
+      </c>
+      <c r="E7" s="5">
+        <v>76</v>
+      </c>
+      <c r="F7" s="5">
+        <v>23</v>
+      </c>
+      <c r="G7" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>93</v>
+      </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="5">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C8" s="5">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D8" s="5">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E8" s="5">
-        <v>50</v>
+        <v>68</v>
       </c>
       <c r="F8" s="5">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="G8" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="5" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="5">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C9" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E9" s="5"/>
+        <v>19</v>
+      </c>
+      <c r="D9" s="5">
+        <v>35</v>
+      </c>
+      <c r="E9" s="5">
+        <v>85</v>
+      </c>
+      <c r="F9" s="5">
+        <v>21</v>
+      </c>
+      <c r="G9" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>95</v>
+      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="6" baseType="lpstr">
       <vt:lpstr>KELENGKAPAN</vt:lpstr>
       <vt:lpstr>POLIO</vt:lpstr>
       <vt:lpstr>MERS</vt:lpstr>
+      <vt:lpstr>AVIAN INFLUENZA</vt:lpstr>
+      <vt:lpstr>MENINGITIS MENINGOKOKUS</vt:lpstr>
       <vt:lpstr>COVID-19</vt:lpstr>
-      <vt:lpstr>MENINGITIS MENINGOKOKUS</vt:lpstr>
-      <vt:lpstr>AVIAN INFLUENZA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>