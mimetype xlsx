--- v0 (2025-11-03)
+++ v1 (2026-03-12)
@@ -12,87 +12,87 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="KELENGKAPAN" sheetId="1" r:id="rId4"/>
     <sheet name="POLIO" sheetId="2" r:id="rId5"/>
     <sheet name="MERS" sheetId="3" r:id="rId6"/>
-    <sheet name="COVID-19" sheetId="4" r:id="rId7"/>
+    <sheet name="AVIAN INFLUENZA" sheetId="4" r:id="rId7"/>
     <sheet name="MENINGITIS MENINGOKOKUS" sheetId="5" r:id="rId8"/>
-    <sheet name="AVIAN INFLUENZA" sheetId="6" r:id="rId9"/>
+    <sheet name="COVID-19" sheetId="6" r:id="rId9"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>KELENGKAPAN LAPORAN PEMETAAN RISIKO TH 2025</t>
   </si>
   <si>
     <t>Resume Capaian Provinsi Papua Pegunungan</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kota/Kab</t>
   </si>
   <si>
     <t>POLIO</t>
   </si>
   <si>
     <t>MERS</t>
   </si>
   <si>
+    <t>AVIAN INFLUENZA</t>
+  </si>
+  <si>
+    <t>MENINGITIS MENINGOKOKUS</t>
+  </si>
+  <si>
     <t>COVID-19</t>
-  </si>
-[...4 lines deleted...]
-    <t>AVIAN INFLUENZA</t>
   </si>
   <si>
     <t>Keterangan</t>
   </si>
   <si>
     <t>KLASIFIKASI RISIKO</t>
   </si>
   <si>
     <t>TANGGAL LAPOR</t>
   </si>
   <si>
     <t>TANGGAL UPLOAD</t>
   </si>
   <si>
     <t>Jayawijaya</t>
   </si>
   <si>
     <t>PENINJAUAN KE 0</t>
   </si>
   <si>
     <t>BELUM</t>
   </si>
   <si>
     <t>BELUM LAPOR/BELUM LENGKAP</t>
   </si>
@@ -131,57 +131,57 @@
 (MAX 0)</t>
   </si>
   <si>
     <t>INDEKS KERENTANAN
 (MAX 0)</t>
   </si>
   <si>
     <t>INDEKS KAPASITAS
 (MIN 0)</t>
   </si>
   <si>
     <t>INDEKS RISIKO
 (MAX 0)</t>
   </si>
   <si>
     <t>KLASIFIKASI RISIKO
 (Rata-Rata )</t>
   </si>
   <si>
     <t>DOKUMEN REKOMENDASI</t>
   </si>
   <si>
     <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI MERS 2025</t>
   </si>
   <si>
+    <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI AVIAN INFLUENZA 2025</t>
+  </si>
+  <si>
+    <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI MENINGITIS MENINGOKOKUS 2025</t>
+  </si>
+  <si>
     <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI COVID-19 2025</t>
-  </si>
-[...4 lines deleted...]
-    <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI AVIAN INFLUENZA 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="24"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -726,69 +726,69 @@
       <c r="A6" s="3">
         <v>1</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E6" s="4" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G6" s="4" t="s">
         <v>15</v>
       </c>
       <c r="H6" s="4" t="s">
         <v>15</v>
       </c>
       <c r="I6" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="J6" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="K6" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="M6" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="O6" s="4" t="s">
         <v>14</v>
-      </c>
-[...16 lines deleted...]
-        <v>15</v>
       </c>
       <c r="P6" s="4" t="s">
         <v>15</v>
       </c>
       <c r="Q6" s="4" t="s">
         <v>15</v>
       </c>
       <c r="R6" s="5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="3">
         <v>2</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>17</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="4" t="s">
@@ -1118,69 +1118,69 @@
       <c r="A13" s="3">
         <v>8</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="4" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>18</v>
       </c>
       <c r="G13" s="4" t="s">
         <v>15</v>
       </c>
       <c r="H13" s="4" t="s">
         <v>15</v>
       </c>
       <c r="I13" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="J13" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="K13" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="L13" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="M13" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="N13" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="O13" s="4" t="s">
         <v>18</v>
-      </c>
-[...16 lines deleted...]
-        <v>15</v>
       </c>
       <c r="P13" s="4" t="s">
         <v>15</v>
       </c>
       <c r="Q13" s="4" t="s">
         <v>15</v>
       </c>
       <c r="R13" s="5" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:E4"/>
     <mergeCell ref="F4:H4"/>
     <mergeCell ref="I4:K4"/>
     <mergeCell ref="L4:N4"/>
     <mergeCell ref="O4:Q4"/>
     <mergeCell ref="R4:R5"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
@@ -2054,53 +2054,53 @@
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="6" baseType="lpstr">
       <vt:lpstr>KELENGKAPAN</vt:lpstr>
       <vt:lpstr>POLIO</vt:lpstr>
       <vt:lpstr>MERS</vt:lpstr>
+      <vt:lpstr>AVIAN INFLUENZA</vt:lpstr>
+      <vt:lpstr>MENINGITIS MENINGOKOKUS</vt:lpstr>
       <vt:lpstr>COVID-19</vt:lpstr>
-      <vt:lpstr>MENINGITIS MENINGOKOKUS</vt:lpstr>
-      <vt:lpstr>AVIAN INFLUENZA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>