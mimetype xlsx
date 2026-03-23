--- v0 (2026-02-06)
+++ v1 (2026-03-23)
@@ -22,51 +22,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="KELENGKAPAN" sheetId="1" r:id="rId4"/>
     <sheet name="POLIO" sheetId="2" r:id="rId5"/>
     <sheet name="MERS" sheetId="3" r:id="rId6"/>
     <sheet name="AVIAN INFLUENZA" sheetId="4" r:id="rId7"/>
     <sheet name="MENINGITIS MENINGOKOKUS" sheetId="5" r:id="rId8"/>
     <sheet name="COVID-19" sheetId="6" r:id="rId9"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>KELENGKAPAN LAPORAN PEMETAAN RISIKO TH 2026</t>
   </si>
   <si>
     <t>Resume Capaian Provinsi Kepulauan Bangka Belitung</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kota/Kab</t>
   </si>
   <si>
     <t>POLIO</t>
   </si>
   <si>
     <t>MERS</t>
   </si>
   <si>
     <t>AVIAN INFLUENZA</t>
   </si>
   <si>
     <t>MENINGITIS MENINGOKOKUS</t>
   </si>
   <si>
@@ -76,50 +76,53 @@
     <t>Keterangan</t>
   </si>
   <si>
     <t>KLASIFIKASI RISIKO</t>
   </si>
   <si>
     <t>TANGGAL LAPOR</t>
   </si>
   <si>
     <t>TANGGAL UPLOAD</t>
   </si>
   <si>
     <t>Bangka</t>
   </si>
   <si>
     <t>BELUM</t>
   </si>
   <si>
     <t>BELUM LAPOR/BELUM LENGKAP</t>
   </si>
   <si>
     <t>Bangka Barat</t>
   </si>
   <si>
     <t>Bangka Selatan</t>
+  </si>
+  <si>
+    <t>DRAFT</t>
   </si>
   <si>
     <t>Bangka Tengah</t>
   </si>
   <si>
     <t>Belitung</t>
   </si>
   <si>
     <t>Belitung Timur</t>
   </si>
   <si>
     <t>Kota Pangkal Pinang</t>
   </si>
   <si>
     <t>PERSEBARAN INDEKS DAN DOKUMEN REKOMENDASI POLIO 2026</t>
   </si>
   <si>
     <t>Kab / Kota</t>
   </si>
   <si>
     <t>INDEKS ANCAMAN
 (MAX 0)</t>
   </si>
   <si>
     <t>INDEKS KERENTANAN
@@ -799,51 +802,51 @@
       </c>
       <c r="N7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R7" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="3">
         <v>3</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="4" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>14</v>
       </c>
@@ -852,51 +855,51 @@
       </c>
       <c r="M8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R8" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="3">
         <v>4</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J9" s="4" t="s">
         <v>14</v>
       </c>
@@ -908,51 +911,51 @@
       </c>
       <c r="M9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R9" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="3">
         <v>5</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J10" s="4" t="s">
         <v>14</v>
       </c>
@@ -964,107 +967,107 @@
       </c>
       <c r="M10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R10" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="3">
         <v>6</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I11" s="4" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="P11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="R11" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="3">
         <v>7</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="J12" s="4" t="s">
         <v>14</v>
       </c>
@@ -1140,125 +1143,125 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C3" s="8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D3" s="8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E3" s="8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F3" s="8" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G3" s="8" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="4">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="4">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="4">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
@@ -1284,125 +1287,125 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C3" s="8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D3" s="8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E3" s="8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F3" s="8" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G3" s="8" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="4">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="4">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="4">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
@@ -1428,125 +1431,125 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C3" s="8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D3" s="8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E3" s="8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F3" s="8" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G3" s="8" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="4">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="4">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="4">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
@@ -1572,125 +1575,125 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C3" s="8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D3" s="8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E3" s="8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F3" s="8" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G3" s="8" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="4">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="4">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="4">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
@@ -1716,125 +1719,125 @@
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C3" s="8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D3" s="8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E3" s="8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F3" s="8" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G3" s="8" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="4">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="4">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="4">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>